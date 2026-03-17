--- v0 (2025-11-19)
+++ v1 (2026-03-17)
@@ -1,111 +1,133 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
+  <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
+  <Default Extension="fntdata" ContentType="application/x-fontdata"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
-  <Override PartName="/ppt/slides/slide9.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
-  <Override PartName="/ppt/slides/slide10.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/presentation.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.presentation.main+xml"/>
-  <Override PartName="/ppt/slides/slide8.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide2.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide3.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide4.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
-  <Override PartName="/ppt/slides/slide1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide5.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide6.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide7.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
-  <Override PartName="/ppt/notesSlides/notesSlide2.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
+  <Override PartName="/ppt/slides/slide8.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide9.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide10.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slideLayouts/slideLayout4.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
+  <Override PartName="/ppt/notesSlides/notesSlide6.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
-  <Override PartName="/ppt/notesSlides/notesSlide3.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
-[...5 lines deleted...]
-  <Override PartName="/ppt/notesSlides/notesSlide7.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide5.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide4.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
-  <Override PartName="/ppt/slideLayouts/slideLayout3.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
-[...2 lines deleted...]
-  <Override PartName="/ppt/slideLayouts/slideLayout6.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
+  <Override PartName="/ppt/notesSlides/notesSlide3.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
+  <Override PartName="/ppt/slideMasters/slideMaster1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideMaster+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout7.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
-  <Override PartName="/ppt/slideLayouts/slideLayout2.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
-  <Override PartName="/ppt/slideLayouts/slideLayout1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout8.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout9.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout10.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
-  <Override PartName="/ppt/slideLayouts/slideLayout15.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout11.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout12.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout13.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout14.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
-  <Override PartName="/ppt/theme/theme2.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
+  <Override PartName="/ppt/slideLayouts/slideLayout15.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
+  <Override PartName="/ppt/notesSlides/notesSlide2.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
+  <Override PartName="/ppt/notesSlides/notesSlide8.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
+  <Override PartName="/ppt/notesSlides/notesSlide10.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
+  <Override PartName="/ppt/slideLayouts/slideLayout1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
+  <Override PartName="/ppt/slideLayouts/slideLayout2.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
+  <Override PartName="/ppt/slideLayouts/slideLayout3.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
+  <Override PartName="/ppt/notesSlides/notesSlide9.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
+  <Override PartName="/ppt/slideLayouts/slideLayout5.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
+  <Override PartName="/ppt/slideLayouts/slideLayout6.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
+  <Override PartName="/ppt/notesSlides/notesSlide7.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesMasters/notesMaster1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesMaster+xml"/>
   <Override PartName="/ppt/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
+  <Override PartName="/ppt/theme/theme2.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
+  <Override PartName="/ppt/tableStyles.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.tableStyles+xml"/>
   <Override PartName="/ppt/viewProps.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.viewProps+xml"/>
-  <Override PartName="/ppt/tableStyles.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.tableStyles+xml"/>
   <Override PartName="/ppt/presProps.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.presProps+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
+  <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
-  <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
-  <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="ppt/presentation.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/thumbnail" Target="docProps/thumbnail.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="ppt/presentation.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=ppt/presentation.xml><?xml version="1.0" encoding="utf-8"?>
-<p:presentation xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" strictFirstAndLastChars="0" saveSubsetFonts="1" autoCompressPictures="0">
+<p:presentation xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" strictFirstAndLastChars="0" embedTrueTypeFonts="1" saveSubsetFonts="1" autoCompressPictures="0">
   <p:sldMasterIdLst>
     <p:sldMasterId id="2147483663" r:id="rId4"/>
   </p:sldMasterIdLst>
   <p:notesMasterIdLst>
     <p:notesMasterId r:id="rId15"/>
   </p:notesMasterIdLst>
   <p:sldIdLst>
     <p:sldId id="256" r:id="rId5"/>
     <p:sldId id="257" r:id="rId6"/>
     <p:sldId id="258" r:id="rId7"/>
     <p:sldId id="259" r:id="rId8"/>
     <p:sldId id="260" r:id="rId9"/>
     <p:sldId id="261" r:id="rId10"/>
     <p:sldId id="262" r:id="rId11"/>
     <p:sldId id="263" r:id="rId12"/>
     <p:sldId id="264" r:id="rId13"/>
     <p:sldId id="265" r:id="rId14"/>
   </p:sldIdLst>
   <p:sldSz cx="9144000" cy="5715000" type="screen16x10"/>
   <p:notesSz cx="6858000" cy="9144000"/>
+  <p:embeddedFontLst>
+    <p:embeddedFont>
+      <p:font typeface="Poppins" panose="00000500000000000000" pitchFamily="2" charset="0"/>
+      <p:regular r:id="rId16"/>
+      <p:bold r:id="rId17"/>
+      <p:italic r:id="rId18"/>
+      <p:boldItalic r:id="rId19"/>
+    </p:embeddedFont>
+    <p:embeddedFont>
+      <p:font typeface="Poppins ExtraBold" panose="00000900000000000000" pitchFamily="2" charset="0"/>
+      <p:bold r:id="rId20"/>
+    </p:embeddedFont>
+    <p:embeddedFont>
+      <p:font typeface="Poppins SemiBold" panose="00000700000000000000" pitchFamily="2" charset="0"/>
+      <p:regular r:id="rId21"/>
+      <p:bold r:id="rId22"/>
+      <p:italic r:id="rId23"/>
+      <p:boldItalic r:id="rId24"/>
+    </p:embeddedFont>
+  </p:embeddedFontLst>
   <p:defaultTextStyle>
     <a:defPPr marR="0" lvl="0" algn="l" rtl="0">
       <a:lnSpc>
         <a:spcPct val="100000"/>
       </a:lnSpc>
       <a:spcBef>
         <a:spcPts val="0"/>
       </a:spcBef>
       <a:spcAft>
         <a:spcPts val="0"/>
       </a:spcAft>
     </a:defPPr>
     <a:lvl1pPr marR="0" lvl="0" algn="l" rtl="0">
       <a:lnSpc>
         <a:spcPct val="100000"/>
       </a:lnSpc>
       <a:spcBef>
         <a:spcPts val="0"/>
       </a:spcBef>
       <a:spcAft>
         <a:spcPts val="0"/>
       </a:spcAft>
       <a:buClr>
         <a:srgbClr val="000000"/>
       </a:buClr>
@@ -510,84 +532,84 @@
     <a:firstRow>
       <a:tcTxStyle/>
       <a:tcStyle>
         <a:tcBdr/>
       </a:tcStyle>
     </a:firstRow>
     <a:neCell>
       <a:tcTxStyle/>
       <a:tcStyle>
         <a:tcBdr/>
       </a:tcStyle>
     </a:neCell>
     <a:nwCell>
       <a:tcTxStyle/>
       <a:tcStyle>
         <a:tcBdr/>
       </a:tcStyle>
     </a:nwCell>
   </a:tblStyle>
 </a:tblStyleLst>
 </file>
 
 <file path=ppt/viewProps.xml><?xml version="1.0" encoding="utf-8"?>
 <p:viewPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:normalViewPr>
-    <p:restoredLeft sz="15639"/>
-    <p:restoredTop sz="43681" autoAdjust="0"/>
+    <p:restoredLeft sz="15620"/>
+    <p:restoredTop sz="94660"/>
   </p:normalViewPr>
   <p:slideViewPr>
     <p:cSldViewPr snapToGrid="0">
       <p:cViewPr varScale="1">
         <p:scale>
-          <a:sx n="61" d="100"/>
-          <a:sy n="61" d="100"/>
+          <a:sx n="68" d="100"/>
+          <a:sy n="68" d="100"/>
         </p:scale>
-        <p:origin x="1616" y="200"/>
+        <p:origin x="874" y="53"/>
       </p:cViewPr>
       <p:guideLst>
         <p:guide pos="720"/>
         <p:guide pos="5040"/>
         <p:guide orient="horz" pos="1800"/>
       </p:guideLst>
     </p:cSldViewPr>
   </p:slideViewPr>
   <p:notesTextViewPr>
     <p:cViewPr>
       <p:scale>
         <a:sx n="1" d="1"/>
         <a:sy n="1" d="1"/>
       </p:scale>
       <p:origin x="0" y="0"/>
     </p:cViewPr>
   </p:notesTextViewPr>
   <p:gridSpacing cx="76200" cy="76200"/>
 </p:viewPr>
 </file>
 
 <file path=ppt/_rels/presentation.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide9.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide4.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide8.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/viewProps" Target="viewProps.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide3.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/presProps" Target="presProps.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide7.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide2.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="notesMasters/notesMaster1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide1.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tableStyles" Target="tableStyles.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide6.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide10.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="slideMasters/slideMaster1.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide5.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide4.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide9.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font3.fntdata"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/viewProps" Target="viewProps.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font6.fntdata"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide3.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide8.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font2.fntdata"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/presProps" Target="presProps.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font1.fntdata"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font5.fntdata"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide2.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide7.xml"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font9.fntdata"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide1.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="notesMasters/notesMaster1.xml"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font8.fntdata"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tableStyles" Target="tableStyles.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide6.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font4.fntdata"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="slideMasters/slideMaster1.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide5.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide10.xml"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font7.fntdata"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesMasters/_rels/notesMaster1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="../theme/theme2.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesMasters/notesMaster1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:notesMaster xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:bg>
       <p:bgRef idx="1001">
         <a:schemeClr val="bg1"/>
       </p:bgRef>
     </p:bg>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name="Shape 2"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
@@ -992,87 +1014,87 @@
       <a:spcBef>
         <a:spcPts val="0"/>
       </a:spcBef>
       <a:spcAft>
         <a:spcPts val="0"/>
       </a:spcAft>
       <a:buClr>
         <a:srgbClr val="000000"/>
       </a:buClr>
       <a:buFont typeface="Arial"/>
       <a:defRPr sz="1400" b="0" i="0" u="none" strike="noStrike" cap="none">
         <a:solidFill>
           <a:srgbClr val="000000"/>
         </a:solidFill>
         <a:latin typeface="Arial"/>
         <a:ea typeface="Arial"/>
         <a:cs typeface="Arial"/>
         <a:sym typeface="Arial"/>
       </a:defRPr>
     </a:lvl9pPr>
   </p:notesStyle>
 </p:notesMaster>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide10.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide10.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide10.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide2.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide3.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide3.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide4.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide4.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide5.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide5.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide6.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide6.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide7.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide7.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide8.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide8.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide9.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide9.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/notesSlide1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" showMasterSp="0" showMasterPhAnim="0">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name="Shape 81"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="82" name="Google Shape;82;g3ed219a22d_0_8:notes"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
           </p:cNvSpPr>
@@ -2735,66 +2757,82 @@
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="91425" rIns="91425" bIns="91425" anchor="t" anchorCtr="0">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="800100" lvl="0" indent="-304800" algn="l" rtl="0">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:schemeClr val="dk1"/>
               </a:buClr>
               <a:buSzPts val="1200"/>
               <a:buFont typeface="Noto Sans Symbols"/>
               <a:buChar char="●"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en" b="1">
+              <a:rPr lang="en" b="1" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="dk1"/>
                 </a:solidFill>
               </a:rPr>
               <a:t>Preparing for the Protocol (2 mins): </a:t>
             </a:r>
             <a:r>
+              <a:rPr lang="en" i="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>“In our previous</a:t>
+            </a:r>
+            <a:r>
               <a:rPr lang="en" i="1">
                 <a:solidFill>
                   <a:schemeClr val="dk1"/>
                 </a:solidFill>
               </a:rPr>
-              <a:t>“In our previous session, we discussed the importance of vocabulary instruction and why it matters for our students, especially as it relates to equity. Today, we’re going to plan and practice implementing our shared learning. </a:t>
+              <a:t> session, we discussed the importance of vocabulary instruction and why it matters for our students, especially as it relates to access. Today, </a:t>
             </a:r>
-            <a:endParaRPr>
+            <a:r>
+              <a:rPr lang="en" i="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>we’re going to plan and practice implementing our shared learning. </a:t>
+            </a:r>
+            <a:endParaRPr dirty="0">
               <a:latin typeface="Poppins"/>
               <a:ea typeface="Poppins"/>
               <a:cs typeface="Poppins"/>
               <a:sym typeface="Poppins"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:notes>
 </file>
 
 <file path=ppt/notesSlides/notesSlide7.xml><?xml version="1.0" encoding="utf-8"?>
 <p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" showMasterSp="0" showMasterPhAnim="0">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name="Shape 132"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
@@ -2860,266 +2898,266 @@
         <p:spPr>
           <a:xfrm>
             <a:off x="685800" y="4343400"/>
             <a:ext cx="5486400" cy="4114800"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="91425" rIns="91425" bIns="91425" anchor="t" anchorCtr="0">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buNone/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en" b="1" dirty="0">
+              <a:rPr lang="en" b="1">
                 <a:solidFill>
                   <a:schemeClr val="dk1"/>
                 </a:solidFill>
                 <a:latin typeface="Poppins"/>
                 <a:ea typeface="Poppins"/>
                 <a:cs typeface="Poppins"/>
                 <a:sym typeface="Poppins"/>
               </a:rPr>
               <a:t>Planning (30 mins total)</a:t>
             </a:r>
-            <a:endParaRPr dirty="0">
+            <a:endParaRPr>
               <a:solidFill>
                 <a:schemeClr val="dk1"/>
               </a:solidFill>
               <a:latin typeface="Poppins"/>
               <a:ea typeface="Poppins"/>
               <a:cs typeface="Poppins"/>
               <a:sym typeface="Poppins"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buNone/>
             </a:pPr>
-            <a:endParaRPr b="1" dirty="0">
+            <a:endParaRPr b="1">
               <a:solidFill>
                 <a:schemeClr val="dk1"/>
               </a:solidFill>
               <a:latin typeface="Poppins"/>
               <a:ea typeface="Poppins"/>
               <a:cs typeface="Poppins"/>
               <a:sym typeface="Poppins"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr marL="514350" lvl="3" indent="-304800" algn="l" rtl="0">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:schemeClr val="dk1"/>
               </a:buClr>
               <a:buSzPts val="1200"/>
               <a:buFont typeface="Poppins"/>
               <a:buChar char="●"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en" b="1" dirty="0">
+              <a:rPr lang="en" b="1">
                 <a:solidFill>
                   <a:schemeClr val="dk1"/>
                 </a:solidFill>
                 <a:latin typeface="Poppins"/>
                 <a:ea typeface="Poppins"/>
                 <a:cs typeface="Poppins"/>
                 <a:sym typeface="Poppins"/>
               </a:rPr>
               <a:t>Analyze and Adapt Curriculum (30 mins)</a:t>
             </a:r>
-            <a:endParaRPr b="1" dirty="0">
+            <a:endParaRPr b="1">
               <a:solidFill>
                 <a:schemeClr val="dk1"/>
               </a:solidFill>
               <a:latin typeface="Poppins"/>
               <a:ea typeface="Poppins"/>
               <a:cs typeface="Poppins"/>
               <a:sym typeface="Poppins"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr marL="685800" lvl="2" indent="-304800" algn="l" rtl="0">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:schemeClr val="dk1"/>
               </a:buClr>
               <a:buSzPts val="1200"/>
               <a:buFont typeface="Courier New"/>
               <a:buChar char="o"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en" b="1" dirty="0">
+              <a:rPr lang="en" b="1">
                 <a:solidFill>
                   <a:schemeClr val="dk1"/>
                 </a:solidFill>
                 <a:latin typeface="Poppins"/>
                 <a:ea typeface="Poppins"/>
                 <a:cs typeface="Poppins"/>
                 <a:sym typeface="Poppins"/>
               </a:rPr>
               <a:t>Framing (2 min): </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en" i="1" dirty="0">
+              <a:rPr lang="en" i="1">
                 <a:solidFill>
                   <a:schemeClr val="dk1"/>
                 </a:solidFill>
                 <a:latin typeface="Poppins"/>
                 <a:ea typeface="Poppins"/>
                 <a:cs typeface="Poppins"/>
                 <a:sym typeface="Poppins"/>
               </a:rPr>
-              <a:t>“In this final session, we have the opportunity to adapt vocabulary instructional strategies to align with our content.”</a:t>
+              <a:t>“In this final session, we have the opportunity to </a:t>
             </a:r>
-            <a:endParaRPr dirty="0">
+            <a:endParaRPr>
               <a:solidFill>
                 <a:srgbClr val="FF0000"/>
               </a:solidFill>
               <a:latin typeface="Poppins"/>
               <a:ea typeface="Poppins"/>
               <a:cs typeface="Poppins"/>
               <a:sym typeface="Poppins"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr marL="685800" lvl="2" indent="-304800" algn="l" rtl="0">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:schemeClr val="dk1"/>
               </a:buClr>
               <a:buSzPts val="1200"/>
               <a:buFont typeface="Courier New"/>
               <a:buChar char="o"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en" b="1" dirty="0">
+              <a:rPr lang="en" b="1">
                 <a:solidFill>
                   <a:schemeClr val="dk1"/>
                 </a:solidFill>
                 <a:latin typeface="Poppins"/>
                 <a:ea typeface="Poppins"/>
                 <a:cs typeface="Poppins"/>
                 <a:sym typeface="Poppins"/>
               </a:rPr>
               <a:t>Individually or in Co-teaching teams (20 min):</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en" i="1" dirty="0">
+              <a:rPr lang="en" i="1">
                 <a:solidFill>
                   <a:schemeClr val="dk1"/>
                 </a:solidFill>
                 <a:latin typeface="Poppins"/>
                 <a:ea typeface="Poppins"/>
                 <a:cs typeface="Poppins"/>
                 <a:sym typeface="Poppins"/>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en" dirty="0">
+              <a:rPr lang="en">
                 <a:solidFill>
                   <a:schemeClr val="dk1"/>
                 </a:solidFill>
                 <a:latin typeface="Poppins"/>
                 <a:ea typeface="Poppins"/>
                 <a:cs typeface="Poppins"/>
                 <a:sym typeface="Poppins"/>
               </a:rPr>
               <a:t>Teachers analyze and adapt a portion of their curriculum that will provide students with opportunities to maintain and extend vocabulary acquisition. </a:t>
             </a:r>
-            <a:endParaRPr dirty="0">
+            <a:endParaRPr>
               <a:solidFill>
                 <a:schemeClr val="dk1"/>
               </a:solidFill>
               <a:latin typeface="Poppins"/>
               <a:ea typeface="Poppins"/>
               <a:cs typeface="Poppins"/>
               <a:sym typeface="Poppins"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr marL="685800" lvl="2" indent="-298450" algn="l" rtl="0">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:schemeClr val="dk1"/>
               </a:buClr>
               <a:buSzPts val="1100"/>
               <a:buFont typeface="Poppins"/>
               <a:buChar char="o"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en" i="1" dirty="0">
+              <a:rPr lang="en" i="1">
                 <a:solidFill>
                   <a:schemeClr val="dk1"/>
                 </a:solidFill>
                 <a:latin typeface="Poppins"/>
                 <a:ea typeface="Poppins"/>
                 <a:cs typeface="Poppins"/>
                 <a:sym typeface="Poppins"/>
               </a:rPr>
               <a:t>Teachers who do not have a curricular resource that outlines these activities can use the time to plan activities using learning from the previous session. </a:t>
             </a:r>
-            <a:endParaRPr i="1" dirty="0">
+            <a:endParaRPr i="1">
               <a:solidFill>
                 <a:schemeClr val="dk1"/>
               </a:solidFill>
               <a:latin typeface="Poppins"/>
               <a:ea typeface="Poppins"/>
               <a:cs typeface="Poppins"/>
               <a:sym typeface="Poppins"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:notes>
 </file>
 
 <file path=ppt/notesSlides/notesSlide8.xml><?xml version="1.0" encoding="utf-8"?>
 <p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" showMasterSp="0" showMasterPhAnim="0">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name="Shape 142"/>
@@ -3193,491 +3231,491 @@
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="91425" rIns="91425" bIns="91425" anchor="t" anchorCtr="0">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:schemeClr val="dk1"/>
               </a:buClr>
               <a:buSzPts val="1400"/>
               <a:buFont typeface="Arial"/>
               <a:buNone/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en" sz="1200" b="1" dirty="0">
+              <a:rPr lang="en" sz="1200" b="1">
                 <a:solidFill>
                   <a:schemeClr val="dk1"/>
                 </a:solidFill>
                 <a:latin typeface="Calibri"/>
                 <a:ea typeface="Calibri"/>
                 <a:cs typeface="Calibri"/>
                 <a:sym typeface="Calibri"/>
               </a:rPr>
               <a:t>Practice (18 min) </a:t>
             </a:r>
-            <a:endParaRPr sz="1200" dirty="0">
+            <a:endParaRPr sz="1200">
               <a:solidFill>
                 <a:schemeClr val="dk1"/>
               </a:solidFill>
               <a:latin typeface="Calibri"/>
               <a:ea typeface="Calibri"/>
               <a:cs typeface="Calibri"/>
               <a:sym typeface="Calibri"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr marL="514350" lvl="0" indent="-304800" algn="l" rtl="0">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:schemeClr val="dk1"/>
               </a:buClr>
               <a:buSzPts val="1200"/>
               <a:buFont typeface="Noto Sans Symbols"/>
               <a:buChar char="●"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en" sz="1200" b="1" dirty="0">
+              <a:rPr lang="en" sz="1200" b="1">
                 <a:solidFill>
                   <a:schemeClr val="dk1"/>
                 </a:solidFill>
                 <a:highlight>
                   <a:srgbClr val="FFFF00"/>
                 </a:highlight>
                 <a:latin typeface="Calibri"/>
                 <a:ea typeface="Calibri"/>
                 <a:cs typeface="Calibri"/>
                 <a:sym typeface="Calibri"/>
               </a:rPr>
               <a:t>In this practice scenario, explain that teachers may opt to teach a specific activity (as they have done in previous practice sessions) or share/talk through an extension activity that doesn’t lend itself to rehearsal (e.g., Interactive Word Wall).</a:t>
             </a:r>
-            <a:endParaRPr sz="1200" b="1" dirty="0">
+            <a:endParaRPr sz="1200" b="1">
               <a:solidFill>
                 <a:schemeClr val="dk1"/>
               </a:solidFill>
               <a:highlight>
                 <a:srgbClr val="FFFF00"/>
               </a:highlight>
               <a:latin typeface="Calibri"/>
               <a:ea typeface="Calibri"/>
               <a:cs typeface="Calibri"/>
               <a:sym typeface="Calibri"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr marL="514350" lvl="0" indent="-304800" algn="l" rtl="0">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:schemeClr val="dk1"/>
               </a:buClr>
               <a:buSzPts val="1200"/>
               <a:buFont typeface="Noto Sans Symbols"/>
               <a:buChar char="●"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en" sz="1200" b="1" dirty="0">
+              <a:rPr lang="en" sz="1200" b="1">
                 <a:solidFill>
                   <a:schemeClr val="dk1"/>
                 </a:solidFill>
                 <a:latin typeface="Calibri"/>
                 <a:ea typeface="Calibri"/>
                 <a:cs typeface="Calibri"/>
                 <a:sym typeface="Calibri"/>
               </a:rPr>
               <a:t>Practice/Feedback Loop Round 1 (7 min):</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en" sz="1200" dirty="0">
+              <a:rPr lang="en" sz="1200">
                 <a:solidFill>
                   <a:schemeClr val="dk1"/>
                 </a:solidFill>
                 <a:latin typeface="Calibri"/>
                 <a:ea typeface="Calibri"/>
                 <a:cs typeface="Calibri"/>
                 <a:sym typeface="Calibri"/>
               </a:rPr>
               <a:t> Partner 1 practices instructional plan and records partner feedback aligned to relevant Planning and Practice Look-Fors.  Partners may consider the following questions when providing feedback to consider:</a:t>
             </a:r>
-            <a:endParaRPr sz="1200" dirty="0">
+            <a:endParaRPr sz="1200">
               <a:solidFill>
                 <a:schemeClr val="dk1"/>
               </a:solidFill>
               <a:latin typeface="Calibri"/>
               <a:ea typeface="Calibri"/>
               <a:cs typeface="Calibri"/>
               <a:sym typeface="Calibri"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr marL="1085850" lvl="1" indent="-304800" algn="l" rtl="0">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:schemeClr val="dk1"/>
               </a:buClr>
               <a:buSzPts val="1200"/>
               <a:buFont typeface="Courier New"/>
               <a:buChar char="o"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en" sz="1200" i="1" dirty="0">
+              <a:rPr lang="en" sz="1200" i="1">
                 <a:solidFill>
                   <a:schemeClr val="dk1"/>
                 </a:solidFill>
                 <a:latin typeface="Calibri"/>
                 <a:ea typeface="Calibri"/>
                 <a:cs typeface="Calibri"/>
                 <a:sym typeface="Calibri"/>
               </a:rPr>
               <a:t>Does the vocab</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en" i="1" dirty="0">
+              <a:rPr lang="en" i="1">
                 <a:solidFill>
                   <a:schemeClr val="dk1"/>
                 </a:solidFill>
               </a:rPr>
               <a:t>ulary instruction in this read aloud</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en" sz="1200" i="1" dirty="0">
+              <a:rPr lang="en" sz="1200" i="1">
                 <a:solidFill>
                   <a:schemeClr val="dk1"/>
                 </a:solidFill>
                 <a:latin typeface="Calibri"/>
                 <a:ea typeface="Calibri"/>
                 <a:cs typeface="Calibri"/>
                 <a:sym typeface="Calibri"/>
               </a:rPr>
               <a:t> lesson work?</a:t>
             </a:r>
-            <a:endParaRPr sz="1200" i="1" dirty="0">
+            <a:endParaRPr sz="1200" i="1">
               <a:solidFill>
                 <a:schemeClr val="dk1"/>
               </a:solidFill>
               <a:latin typeface="Calibri"/>
               <a:ea typeface="Calibri"/>
               <a:cs typeface="Calibri"/>
               <a:sym typeface="Calibri"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr marL="1085850" lvl="1" indent="-304800" algn="l" rtl="0">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:schemeClr val="dk1"/>
               </a:buClr>
               <a:buSzPts val="1200"/>
               <a:buFont typeface="Courier New"/>
               <a:buChar char="o"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en" sz="1200" i="1" dirty="0">
+              <a:rPr lang="en" sz="1200" i="1">
                 <a:solidFill>
                   <a:schemeClr val="dk1"/>
                 </a:solidFill>
                 <a:latin typeface="Calibri"/>
                 <a:ea typeface="Calibri"/>
                 <a:cs typeface="Calibri"/>
                 <a:sym typeface="Calibri"/>
               </a:rPr>
               <a:t>What modification would strengthen this lesson component for </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en" sz="1200" i="1" u="sng" dirty="0">
+              <a:rPr lang="en" sz="1200" i="1" u="sng">
                 <a:solidFill>
                   <a:schemeClr val="dk1"/>
                 </a:solidFill>
                 <a:latin typeface="Calibri"/>
                 <a:ea typeface="Calibri"/>
                 <a:cs typeface="Calibri"/>
                 <a:sym typeface="Calibri"/>
               </a:rPr>
               <a:t>all</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en" sz="1200" i="1" dirty="0">
+              <a:rPr lang="en" sz="1200" i="1">
                 <a:solidFill>
                   <a:schemeClr val="dk1"/>
                 </a:solidFill>
                 <a:latin typeface="Calibri"/>
                 <a:ea typeface="Calibri"/>
                 <a:cs typeface="Calibri"/>
                 <a:sym typeface="Calibri"/>
               </a:rPr>
               <a:t> students? </a:t>
             </a:r>
-            <a:endParaRPr sz="1200" i="1" dirty="0">
+            <a:endParaRPr sz="1200" i="1">
               <a:solidFill>
                 <a:schemeClr val="dk1"/>
               </a:solidFill>
               <a:latin typeface="Calibri"/>
               <a:ea typeface="Calibri"/>
               <a:cs typeface="Calibri"/>
               <a:sym typeface="Calibri"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr marL="1085850" lvl="1" indent="-304800" algn="l" rtl="0">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:schemeClr val="dk1"/>
               </a:buClr>
               <a:buSzPts val="1200"/>
               <a:buFont typeface="Courier New"/>
               <a:buChar char="o"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en" sz="1200" i="1" dirty="0">
+              <a:rPr lang="en" sz="1200" i="1">
                 <a:solidFill>
                   <a:schemeClr val="dk1"/>
                 </a:solidFill>
                 <a:latin typeface="Calibri"/>
                 <a:ea typeface="Calibri"/>
                 <a:cs typeface="Calibri"/>
                 <a:sym typeface="Calibri"/>
               </a:rPr>
               <a:t>Does this lesson component/instructional approach align to and/or support the intended student learning?</a:t>
             </a:r>
-            <a:endParaRPr sz="1200" i="1" dirty="0">
+            <a:endParaRPr sz="1200" i="1">
               <a:solidFill>
                 <a:schemeClr val="dk1"/>
               </a:solidFill>
               <a:latin typeface="Calibri"/>
               <a:ea typeface="Calibri"/>
               <a:cs typeface="Calibri"/>
               <a:sym typeface="Calibri"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr marL="514350" lvl="0" indent="-304800" algn="l" rtl="0">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:schemeClr val="dk1"/>
               </a:buClr>
               <a:buSzPts val="1200"/>
               <a:buFont typeface="Noto Sans Symbols"/>
               <a:buChar char="●"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en" sz="1200" b="1" dirty="0">
+              <a:rPr lang="en" sz="1200" b="1">
                 <a:solidFill>
                   <a:schemeClr val="dk1"/>
                 </a:solidFill>
                 <a:latin typeface="Calibri"/>
                 <a:ea typeface="Calibri"/>
                 <a:cs typeface="Calibri"/>
                 <a:sym typeface="Calibri"/>
               </a:rPr>
               <a:t>Practice/Feedback Loop Round 2 (7 min):</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en" sz="1200" dirty="0">
+              <a:rPr lang="en" sz="1200">
                 <a:solidFill>
                   <a:schemeClr val="dk1"/>
                 </a:solidFill>
                 <a:latin typeface="Calibri"/>
                 <a:ea typeface="Calibri"/>
                 <a:cs typeface="Calibri"/>
                 <a:sym typeface="Calibri"/>
               </a:rPr>
               <a:t> Partner 2 practices instructional plan and records partner feedback aligned to relevant Planning and Instructional Look-Fors.</a:t>
             </a:r>
-            <a:endParaRPr sz="1200" b="1" dirty="0">
+            <a:endParaRPr sz="1200" b="1">
               <a:solidFill>
                 <a:schemeClr val="dk1"/>
               </a:solidFill>
               <a:latin typeface="Calibri"/>
               <a:ea typeface="Calibri"/>
               <a:cs typeface="Calibri"/>
               <a:sym typeface="Calibri"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr marL="514350" lvl="0" indent="-304800" algn="l" rtl="0">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:schemeClr val="dk1"/>
               </a:buClr>
               <a:buSzPts val="1200"/>
               <a:buFont typeface="Noto Sans Symbols"/>
               <a:buChar char="●"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en" sz="1200" b="1" dirty="0">
+              <a:rPr lang="en" sz="1200" b="1">
                 <a:solidFill>
                   <a:schemeClr val="dk1"/>
                 </a:solidFill>
                 <a:latin typeface="Calibri"/>
                 <a:ea typeface="Calibri"/>
                 <a:cs typeface="Calibri"/>
                 <a:sym typeface="Calibri"/>
               </a:rPr>
               <a:t>Individual Reflection</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en" sz="1200" dirty="0">
+              <a:rPr lang="en" sz="1200">
                 <a:solidFill>
                   <a:schemeClr val="dk1"/>
                 </a:solidFill>
                 <a:latin typeface="Calibri"/>
                 <a:ea typeface="Calibri"/>
                 <a:cs typeface="Calibri"/>
                 <a:sym typeface="Calibri"/>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en" sz="1200" b="1" dirty="0">
+              <a:rPr lang="en" sz="1200" b="1">
                 <a:solidFill>
                   <a:schemeClr val="dk1"/>
                 </a:solidFill>
                 <a:latin typeface="Calibri"/>
                 <a:ea typeface="Calibri"/>
                 <a:cs typeface="Calibri"/>
                 <a:sym typeface="Calibri"/>
               </a:rPr>
               <a:t>(4 min):</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en" sz="1200" dirty="0">
+              <a:rPr lang="en" sz="1200">
                 <a:solidFill>
                   <a:schemeClr val="dk1"/>
                 </a:solidFill>
                 <a:latin typeface="Calibri"/>
                 <a:ea typeface="Calibri"/>
                 <a:cs typeface="Calibri"/>
                 <a:sym typeface="Calibri"/>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en" sz="1200" i="1" dirty="0">
+              <a:rPr lang="en" sz="1200" i="1">
                 <a:solidFill>
                   <a:schemeClr val="dk1"/>
                 </a:solidFill>
                 <a:latin typeface="Calibri"/>
                 <a:ea typeface="Calibri"/>
                 <a:cs typeface="Calibri"/>
                 <a:sym typeface="Calibri"/>
               </a:rPr>
               <a:t>“As we prepare for revising, take a minute to jot down implications from your partner’s feedback</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en" sz="1200" b="1" i="1" dirty="0">
+              <a:rPr lang="en" sz="1200" b="1" i="1">
                 <a:solidFill>
                   <a:schemeClr val="dk1"/>
                 </a:solidFill>
                 <a:latin typeface="Calibri"/>
                 <a:ea typeface="Calibri"/>
                 <a:cs typeface="Calibri"/>
                 <a:sym typeface="Calibri"/>
               </a:rPr>
               <a:t>, </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en" sz="1200" i="1" dirty="0">
+              <a:rPr lang="en" sz="1200" i="1">
                 <a:solidFill>
                   <a:schemeClr val="dk1"/>
                 </a:solidFill>
                 <a:latin typeface="Calibri"/>
                 <a:ea typeface="Calibri"/>
                 <a:cs typeface="Calibri"/>
                 <a:sym typeface="Calibri"/>
               </a:rPr>
               <a:t>for your next steps with planning.  A question to consider in your reflection is:</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en" sz="1200" dirty="0">
+              <a:rPr lang="en" sz="1200">
                 <a:solidFill>
                   <a:schemeClr val="dk1"/>
                 </a:solidFill>
                 <a:latin typeface="Calibri"/>
                 <a:ea typeface="Calibri"/>
                 <a:cs typeface="Calibri"/>
                 <a:sym typeface="Calibri"/>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en" sz="1200" i="1" dirty="0">
+              <a:rPr lang="en" sz="1200" i="1">
                 <a:solidFill>
                   <a:schemeClr val="dk1"/>
                 </a:solidFill>
                 <a:latin typeface="Calibri"/>
                 <a:ea typeface="Calibri"/>
                 <a:cs typeface="Calibri"/>
                 <a:sym typeface="Calibri"/>
               </a:rPr>
               <a:t>What are my next steps, based on feedback received, that would ensure effective implementation for all learners?”</a:t>
             </a:r>
-            <a:endParaRPr b="1" dirty="0">
+            <a:endParaRPr b="1">
               <a:solidFill>
                 <a:schemeClr val="dk1"/>
               </a:solidFill>
               <a:latin typeface="Poppins"/>
               <a:ea typeface="Poppins"/>
               <a:cs typeface="Poppins"/>
               <a:sym typeface="Poppins"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:notes>
 </file>
 
 <file path=ppt/notesSlides/notesSlide9.xml><?xml version="1.0" encoding="utf-8"?>
 <p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" showMasterSp="0" showMasterPhAnim="0">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name="Shape 152"/>
@@ -3840,95 +3878,95 @@
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buNone/>
             </a:pPr>
             <a:endParaRPr b="1">
               <a:solidFill>
                 <a:schemeClr val="dk1"/>
               </a:solidFill>
               <a:latin typeface="Poppins"/>
               <a:ea typeface="Poppins"/>
               <a:cs typeface="Poppins"/>
               <a:sym typeface="Poppins"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:notes>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout10.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image9.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image10.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image10.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image9.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout11.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout12.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout13.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout14.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image11.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image12.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image12.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image11.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout15.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image13.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image13.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.jpg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image8.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image8.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.jpg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/slideLayout1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" matchingName="Title Page 1">
   <p:cSld name="CUSTOM">
     <p:bg>
       <p:bgPr>
         <a:blipFill>
           <a:blip r:embed="rId2">
             <a:alphaModFix/>
           </a:blip>
           <a:stretch>
             <a:fillRect/>
@@ -11393,51 +11431,51 @@
                 <a:sym typeface="Poppins"/>
               </a:rPr>
               <a:t>Make Video box much larger than this one </a:t>
             </a:r>
             <a:endParaRPr sz="1000">
               <a:solidFill>
                 <a:srgbClr val="2D68C4"/>
               </a:solidFill>
               <a:latin typeface="Poppins"/>
               <a:ea typeface="Poppins"/>
               <a:cs typeface="Poppins"/>
               <a:sym typeface="Poppins"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sldLayout>
 </file>
 
 <file path=ppt/slideMasters/_rels/slideMaster1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout11.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout12.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout13.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout14.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout15.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="../theme/theme1.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.jpg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout4.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout5.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout6.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout7.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout8.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout9.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout10.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout8.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout13.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout7.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout12.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="../theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout6.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout11.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout5.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout15.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout10.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout9.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout14.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideMasters/slideMaster1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldMaster xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld name="simple-light-2">
     <p:bg>
       <p:bgPr>
         <a:blipFill>
           <a:blip r:embed="rId17">
             <a:alphaModFix/>
           </a:blip>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </a:blipFill>
         <a:effectLst/>
       </p:bgPr>
     </p:bg>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name="Shape 5"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
@@ -12728,128 +12766,128 @@
           <a:spcPts val="0"/>
         </a:spcBef>
         <a:spcAft>
           <a:spcPts val="0"/>
         </a:spcAft>
         <a:buClr>
           <a:srgbClr val="000000"/>
         </a:buClr>
         <a:buFont typeface="Arial"/>
         <a:defRPr sz="1400" b="0" i="0" u="none" strike="noStrike" cap="none">
           <a:solidFill>
             <a:srgbClr val="000000"/>
           </a:solidFill>
           <a:latin typeface="Arial"/>
           <a:ea typeface="Arial"/>
           <a:cs typeface="Arial"/>
           <a:sym typeface="Arial"/>
         </a:defRPr>
       </a:lvl9pPr>
     </p:otherStyle>
   </p:txStyles>
 </p:sldMaster>
 </file>
 
 <file path=ppt/slides/_rels/slide1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image14.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image15.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image14.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image15.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide10.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout7.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide10.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image15.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image15.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide10.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout7.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image16.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image15.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout12.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide2.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image16.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout12.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image15.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout12.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide3.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image15.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image15.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide3.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout12.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image17.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image18.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image15.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout6.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide4.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image17.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide4.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout6.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image15.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image18.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout15.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide5.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image15.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image15.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide5.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout15.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout7.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide6.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image15.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image15.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide6.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout7.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image15.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image19.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout7.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide7.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image15.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide7.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout7.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image19.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image15.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image20.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image21.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout7.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide8.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image15.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide8.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout7.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image21.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image20.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image15.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image22.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout7.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide9.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image15.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide9.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout7.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image22.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/slide1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:bg>
       <p:bgPr>
         <a:blipFill>
           <a:blip r:embed="rId3">
             <a:alphaModFix/>
           </a:blip>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </a:blipFill>
         <a:effectLst/>
       </p:bgPr>
     </p:bg>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name="Shape 84"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="2" name="Picture 1" title="&quot; &quot;">
+          <p:cNvPr id="2" name="Picture 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{F5235A6B-7F42-4166-B4DC-12B17F66A4FA}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F5235A6B-7F42-4166-B4DC-12B17F66A4FA}"/>
               </a:ext>
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
-                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" xmlns="" val="1"/>
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId4"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="63204" y="53750"/>
             <a:ext cx="1097375" cy="1097375"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
       <p:sp>
@@ -13060,57 +13098,57 @@
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide10.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name="Shape 164"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="2" name="Picture 1" title=" &quot; &quot;">
+          <p:cNvPr id="2" name="Picture 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{886F1D73-60C1-4336-BD04-AD8DDDAD9B37}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{886F1D73-60C1-4336-BD04-AD8DDDAD9B37}"/>
               </a:ext>
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
-                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" xmlns="" val="1"/>
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId3"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="0" y="108752"/>
             <a:ext cx="1097375" cy="1097375"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
       <p:sp>
@@ -13853,57 +13891,57 @@
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill rotWithShape="1">
           <a:blip r:embed="rId3">
             <a:alphaModFix/>
           </a:blip>
           <a:srcRect l="17499" t="43477" r="19121" b="20705"/>
           <a:stretch/>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="5180925" y="1834200"/>
             <a:ext cx="3840149" cy="1017214"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
       </p:pic>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="2" name="Picture 1" title="&quot; &quot;">
+          <p:cNvPr id="2" name="Picture 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{987EDAF9-00B4-4475-8FE3-8E855A2AD96F}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{987EDAF9-00B4-4475-8FE3-8E855A2AD96F}"/>
               </a:ext>
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
-                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" xmlns="" val="1"/>
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId4"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="0" y="108752"/>
             <a:ext cx="1097375" cy="1097375"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
     </p:spTree>
@@ -13911,57 +13949,57 @@
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide3.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name="Shape 100"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="2" name="Picture 1" title="&quot; &quot;">
+          <p:cNvPr id="2" name="Picture 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{E6BC26F8-5B7D-4384-AF9B-7624EAADB30D}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E6BC26F8-5B7D-4384-AF9B-7624EAADB30D}"/>
               </a:ext>
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
-                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" xmlns="" val="1"/>
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId3"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="6808" y="108751"/>
             <a:ext cx="1097375" cy="1097375"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
       <p:sp>
@@ -14946,90 +14984,90 @@
               <a:rPr lang="en" sz="1200" b="1">
                 <a:solidFill>
                   <a:srgbClr val="40C1AC"/>
                 </a:solidFill>
                 <a:latin typeface="Poppins"/>
                 <a:ea typeface="Poppins"/>
                 <a:cs typeface="Poppins"/>
                 <a:sym typeface="Poppins"/>
               </a:rPr>
               <a:t>4</a:t>
             </a:fld>
             <a:endParaRPr sz="1200" b="1">
               <a:solidFill>
                 <a:srgbClr val="40C1AC"/>
               </a:solidFill>
               <a:latin typeface="Poppins"/>
               <a:ea typeface="Poppins"/>
               <a:cs typeface="Poppins"/>
               <a:sym typeface="Poppins"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="115" name="Google Shape;115;p20" title="&quot; &quot;">
+          <p:cNvPr id="115" name="Google Shape;115;p20">
             <a:extLst>
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
-                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" xmlns="" val="1"/>
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr preferRelativeResize="0"/>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill rotWithShape="1">
           <a:blip r:embed="rId4">
             <a:alphaModFix/>
           </a:blip>
           <a:srcRect r="54464"/>
           <a:stretch/>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="7394550" y="1001225"/>
             <a:ext cx="1749448" cy="4436850"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
       </p:pic>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="2" name="Picture 1" title=" &quot; &quot;">
+          <p:cNvPr id="2" name="Picture 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{722A1233-4D02-49BF-9B4A-A59EF7435EBD}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{722A1233-4D02-49BF-9B4A-A59EF7435EBD}"/>
               </a:ext>
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
-                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" xmlns="" val="1"/>
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId5"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="49938" y="31012"/>
             <a:ext cx="1097375" cy="1097375"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
     </p:spTree>
@@ -15037,57 +15075,57 @@
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide5.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name="Shape 119"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="2" name="Picture 1" title=" &quot; &quot;">
+          <p:cNvPr id="2" name="Picture 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{5C812D7F-2FA9-47EE-9278-B7CE53674568}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{5C812D7F-2FA9-47EE-9278-B7CE53674568}"/>
               </a:ext>
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
-                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" xmlns="" val="1"/>
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId3"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="0" y="143749"/>
             <a:ext cx="1008325" cy="1008325"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
       <p:sp>
@@ -15128,90 +15166,90 @@
               <a:rPr lang="en" sz="3200">
                 <a:solidFill>
                   <a:srgbClr val="FFFFFF"/>
                 </a:solidFill>
               </a:rPr>
               <a:t>Content Cycle Overview</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en">
                 <a:solidFill>
                   <a:srgbClr val="FFFFFF"/>
                 </a:solidFill>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
             <a:endParaRPr>
               <a:solidFill>
                 <a:srgbClr val="FFFFFF"/>
               </a:solidFill>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:graphicFrame>
         <p:nvGraphicFramePr>
-          <p:cNvPr id="120" name="Google Shape;120;p21" title=" &quot; &quot;"/>
+          <p:cNvPr id="120" name="Google Shape;120;p21"/>
           <p:cNvGraphicFramePr/>
           <p:nvPr>
             <p:extLst>
               <p:ext uri="{D42A27DB-BD31-4B8C-83A1-F6EECF244321}">
-                <p14:modId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1032882864"/>
+                <p14:modId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="4049023092"/>
               </p:ext>
             </p:extLst>
           </p:nvPr>
         </p:nvGraphicFramePr>
         <p:xfrm>
           <a:off x="1008325" y="1047700"/>
           <a:ext cx="6992675" cy="4415005"/>
         </p:xfrm>
         <a:graphic>
           <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/table">
             <a:tbl>
               <a:tblPr firstRow="1">
                 <a:noFill/>
                 <a:tableStyleId>{6D3593A8-BBEA-419F-BF79-9F0835C4E073}</a:tableStyleId>
               </a:tblPr>
               <a:tblGrid>
                 <a:gridCol w="1125750">
                   <a:extLst>
                     <a:ext uri="{9D8B030D-6E8A-4147-A177-3AD203B41FA5}">
-                      <a16:colId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" val="20000"/>
+                      <a16:colId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="20000"/>
                     </a:ext>
                   </a:extLst>
                 </a:gridCol>
                 <a:gridCol w="1989225">
                   <a:extLst>
                     <a:ext uri="{9D8B030D-6E8A-4147-A177-3AD203B41FA5}">
-                      <a16:colId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" val="20001"/>
+                      <a16:colId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="20001"/>
                     </a:ext>
                   </a:extLst>
                 </a:gridCol>
                 <a:gridCol w="3877700">
                   <a:extLst>
                     <a:ext uri="{9D8B030D-6E8A-4147-A177-3AD203B41FA5}">
-                      <a16:colId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" val="20002"/>
+                      <a16:colId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="20002"/>
                     </a:ext>
                   </a:extLst>
                 </a:gridCol>
               </a:tblGrid>
               <a:tr h="391975">
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr marL="0" lvl="0" indent="0" algn="ctr" rtl="0">
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
                         <a:rPr lang="en" sz="1200" b="1">
                           <a:solidFill>
                             <a:srgbClr val="FFFFFF"/>
                           </a:solidFill>
                           <a:latin typeface="Poppins"/>
@@ -15292,51 +15330,51 @@
                           <a:solidFill>
                             <a:srgbClr val="FFFFFF"/>
                           </a:solidFill>
                           <a:latin typeface="Poppins"/>
                           <a:ea typeface="Poppins"/>
                           <a:cs typeface="Poppins"/>
                           <a:sym typeface="Poppins"/>
                         </a:rPr>
                         <a:t>Focus Area </a:t>
                       </a:r>
                       <a:endParaRPr sz="1200" b="1">
                         <a:solidFill>
                           <a:srgbClr val="FFFFFF"/>
                         </a:solidFill>
                         <a:latin typeface="Poppins"/>
                         <a:ea typeface="Poppins"/>
                         <a:cs typeface="Poppins"/>
                         <a:sym typeface="Poppins"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="91425" marR="91425" marT="91425" marB="91425"/>
                 </a:tc>
                 <a:extLst>
                   <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
-                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" val="10000"/>
+                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="10000"/>
                   </a:ext>
                 </a:extLst>
               </a:tr>
               <a:tr h="349650">
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr marL="0" lvl="0" indent="0" algn="ctr" rtl="0">
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
                         <a:rPr lang="en" sz="1200" b="1">
                           <a:solidFill>
                             <a:srgbClr val="FFFFFF"/>
                           </a:solidFill>
                           <a:latin typeface="Poppins"/>
                           <a:ea typeface="Poppins"/>
@@ -15416,51 +15454,51 @@
                           <a:solidFill>
                             <a:srgbClr val="FFFFFF"/>
                           </a:solidFill>
                           <a:latin typeface="Poppins"/>
                           <a:ea typeface="Poppins"/>
                           <a:cs typeface="Poppins"/>
                           <a:sym typeface="Poppins"/>
                         </a:rPr>
                         <a:t>Introduction to Vocabulary and Why It Matters</a:t>
                       </a:r>
                       <a:endParaRPr sz="1200">
                         <a:solidFill>
                           <a:srgbClr val="FFFFFF"/>
                         </a:solidFill>
                         <a:latin typeface="Poppins"/>
                         <a:ea typeface="Poppins"/>
                         <a:cs typeface="Poppins"/>
                         <a:sym typeface="Poppins"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="91425" marR="91425" marT="91425" marB="91425"/>
                 </a:tc>
                 <a:extLst>
                   <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
-                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" val="10001"/>
+                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="10001"/>
                   </a:ext>
                 </a:extLst>
               </a:tr>
               <a:tr h="365725">
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr marL="0" lvl="0" indent="0" algn="ctr" rtl="0">
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
                         <a:rPr lang="en" sz="1200" b="1">
                           <a:solidFill>
                             <a:srgbClr val="FFFFFF"/>
                           </a:solidFill>
                           <a:latin typeface="Poppins"/>
                           <a:ea typeface="Poppins"/>
@@ -15540,51 +15578,51 @@
                           <a:solidFill>
                             <a:srgbClr val="FFFFFF"/>
                           </a:solidFill>
                           <a:latin typeface="Poppins"/>
                           <a:ea typeface="Poppins"/>
                           <a:cs typeface="Poppins"/>
                           <a:sym typeface="Poppins"/>
                         </a:rPr>
                         <a:t>Implicit Vocabulary Instruction </a:t>
                       </a:r>
                       <a:endParaRPr sz="1200">
                         <a:solidFill>
                           <a:srgbClr val="FFFFFF"/>
                         </a:solidFill>
                         <a:latin typeface="Poppins"/>
                         <a:ea typeface="Poppins"/>
                         <a:cs typeface="Poppins"/>
                         <a:sym typeface="Poppins"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="91425" marR="91425" marT="91425" marB="91425"/>
                 </a:tc>
                 <a:extLst>
                   <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
-                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" val="10002"/>
+                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="10002"/>
                   </a:ext>
                 </a:extLst>
               </a:tr>
               <a:tr h="365725">
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr marL="0" lvl="0" indent="0" algn="ctr" rtl="0">
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
                         <a:rPr lang="en" sz="1200" b="1">
                           <a:solidFill>
                             <a:srgbClr val="FFFFFF"/>
                           </a:solidFill>
                           <a:latin typeface="Poppins"/>
                           <a:ea typeface="Poppins"/>
@@ -15664,51 +15702,51 @@
                           <a:solidFill>
                             <a:srgbClr val="FFFFFF"/>
                           </a:solidFill>
                           <a:latin typeface="Poppins"/>
                           <a:ea typeface="Poppins"/>
                           <a:cs typeface="Poppins"/>
                           <a:sym typeface="Poppins"/>
                         </a:rPr>
                         <a:t>Implicit Vocabulary Instruction </a:t>
                       </a:r>
                       <a:endParaRPr sz="1200">
                         <a:solidFill>
                           <a:srgbClr val="FFFFFF"/>
                         </a:solidFill>
                         <a:latin typeface="Poppins"/>
                         <a:ea typeface="Poppins"/>
                         <a:cs typeface="Poppins"/>
                         <a:sym typeface="Poppins"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="91425" marR="91425" marT="91425" marB="91425"/>
                 </a:tc>
                 <a:extLst>
                   <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
-                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" val="10003"/>
+                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="10003"/>
                   </a:ext>
                 </a:extLst>
               </a:tr>
               <a:tr h="365725">
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr marL="0" lvl="0" indent="0" algn="ctr" rtl="0">
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
                         <a:rPr lang="en" sz="1200" b="1">
                           <a:solidFill>
                             <a:srgbClr val="FFFFFF"/>
                           </a:solidFill>
                           <a:latin typeface="Poppins"/>
                           <a:ea typeface="Poppins"/>
@@ -15788,51 +15826,51 @@
                           <a:solidFill>
                             <a:srgbClr val="FFFFFF"/>
                           </a:solidFill>
                           <a:latin typeface="Poppins"/>
                           <a:ea typeface="Poppins"/>
                           <a:cs typeface="Poppins"/>
                           <a:sym typeface="Poppins"/>
                         </a:rPr>
                         <a:t>Explicit Vocabulary Instruction </a:t>
                       </a:r>
                       <a:endParaRPr sz="1200">
                         <a:solidFill>
                           <a:srgbClr val="FFFFFF"/>
                         </a:solidFill>
                         <a:latin typeface="Poppins"/>
                         <a:ea typeface="Poppins"/>
                         <a:cs typeface="Poppins"/>
                         <a:sym typeface="Poppins"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="91425" marR="91425" marT="91425" marB="91425"/>
                 </a:tc>
                 <a:extLst>
                   <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
-                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" val="10004"/>
+                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="10004"/>
                   </a:ext>
                 </a:extLst>
               </a:tr>
               <a:tr h="365725">
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr marL="0" lvl="0" indent="0" algn="ctr" rtl="0">
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
                         <a:rPr lang="en" sz="1200" b="1">
                           <a:solidFill>
                             <a:srgbClr val="FFFFFF"/>
                           </a:solidFill>
                           <a:latin typeface="Poppins"/>
                           <a:ea typeface="Poppins"/>
@@ -15912,51 +15950,51 @@
                           <a:solidFill>
                             <a:srgbClr val="FFFFFF"/>
                           </a:solidFill>
                           <a:latin typeface="Poppins"/>
                           <a:ea typeface="Poppins"/>
                           <a:cs typeface="Poppins"/>
                           <a:sym typeface="Poppins"/>
                         </a:rPr>
                         <a:t>Explicit Vocabulary Instruction </a:t>
                       </a:r>
                       <a:endParaRPr sz="1200">
                         <a:solidFill>
                           <a:srgbClr val="FFFFFF"/>
                         </a:solidFill>
                         <a:latin typeface="Poppins"/>
                         <a:ea typeface="Poppins"/>
                         <a:cs typeface="Poppins"/>
                         <a:sym typeface="Poppins"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="91425" marR="91425" marT="91425" marB="91425"/>
                 </a:tc>
                 <a:extLst>
                   <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
-                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" val="10005"/>
+                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="10005"/>
                   </a:ext>
                 </a:extLst>
               </a:tr>
               <a:tr h="365725">
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr marL="0" lvl="0" indent="0" algn="ctr" rtl="0">
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
                         <a:rPr lang="en" sz="1200" b="1">
                           <a:solidFill>
                             <a:srgbClr val="FFFFFF"/>
                           </a:solidFill>
                           <a:latin typeface="Poppins"/>
                           <a:ea typeface="Poppins"/>
@@ -16036,51 +16074,51 @@
                           <a:solidFill>
                             <a:srgbClr val="FFFFFF"/>
                           </a:solidFill>
                           <a:latin typeface="Poppins"/>
                           <a:ea typeface="Poppins"/>
                           <a:cs typeface="Poppins"/>
                           <a:sym typeface="Poppins"/>
                         </a:rPr>
                         <a:t>Implicit and Explicit Vocabulary Instruction </a:t>
                       </a:r>
                       <a:endParaRPr sz="1200">
                         <a:solidFill>
                           <a:srgbClr val="FFFFFF"/>
                         </a:solidFill>
                         <a:latin typeface="Poppins"/>
                         <a:ea typeface="Poppins"/>
                         <a:cs typeface="Poppins"/>
                         <a:sym typeface="Poppins"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="91425" marR="91425" marT="91425" marB="91425"/>
                 </a:tc>
                 <a:extLst>
                   <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
-                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" val="10006"/>
+                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="10006"/>
                   </a:ext>
                 </a:extLst>
               </a:tr>
               <a:tr h="365725">
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr marL="0" lvl="0" indent="0" algn="ctr" rtl="0">
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
                         <a:rPr lang="en" sz="1200" b="1">
                           <a:solidFill>
                             <a:srgbClr val="FFFFFF"/>
                           </a:solidFill>
                           <a:latin typeface="Poppins"/>
                           <a:ea typeface="Poppins"/>
@@ -16160,51 +16198,51 @@
                           <a:solidFill>
                             <a:srgbClr val="FFFFFF"/>
                           </a:solidFill>
                           <a:latin typeface="Poppins"/>
                           <a:ea typeface="Poppins"/>
                           <a:cs typeface="Poppins"/>
                           <a:sym typeface="Poppins"/>
                         </a:rPr>
                         <a:t>Text Sets </a:t>
                       </a:r>
                       <a:endParaRPr sz="1200">
                         <a:solidFill>
                           <a:srgbClr val="FFFFFF"/>
                         </a:solidFill>
                         <a:latin typeface="Poppins"/>
                         <a:ea typeface="Poppins"/>
                         <a:cs typeface="Poppins"/>
                         <a:sym typeface="Poppins"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="91425" marR="91425" marT="91425" marB="91425"/>
                 </a:tc>
                 <a:extLst>
                   <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
-                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" val="10007"/>
+                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="10007"/>
                   </a:ext>
                 </a:extLst>
               </a:tr>
               <a:tr h="365725">
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr marL="0" lvl="0" indent="0" algn="ctr" rtl="0">
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
                         <a:rPr lang="en" sz="1200" b="1">
                           <a:solidFill>
                             <a:srgbClr val="FFFFFF"/>
                           </a:solidFill>
                           <a:latin typeface="Poppins"/>
                           <a:ea typeface="Poppins"/>
@@ -16284,51 +16322,51 @@
                           <a:solidFill>
                             <a:srgbClr val="FFFFFF"/>
                           </a:solidFill>
                           <a:latin typeface="Poppins"/>
                           <a:ea typeface="Poppins"/>
                           <a:cs typeface="Poppins"/>
                           <a:sym typeface="Poppins"/>
                         </a:rPr>
                         <a:t>Text Sets </a:t>
                       </a:r>
                       <a:endParaRPr sz="1200">
                         <a:solidFill>
                           <a:srgbClr val="FFFFFF"/>
                         </a:solidFill>
                         <a:latin typeface="Poppins"/>
                         <a:ea typeface="Poppins"/>
                         <a:cs typeface="Poppins"/>
                         <a:sym typeface="Poppins"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="91425" marR="91425" marT="91425" marB="91425"/>
                 </a:tc>
                 <a:extLst>
                   <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
-                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" val="10008"/>
+                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="10008"/>
                   </a:ext>
                 </a:extLst>
               </a:tr>
               <a:tr h="365725">
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr marL="0" lvl="0" indent="0" algn="ctr" rtl="0">
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
                         <a:rPr lang="en" sz="1200" b="1">
                           <a:solidFill>
                             <a:srgbClr val="FFFFFF"/>
                           </a:solidFill>
                           <a:latin typeface="Poppins"/>
                           <a:ea typeface="Poppins"/>
@@ -16408,51 +16446,51 @@
                           <a:solidFill>
                             <a:srgbClr val="FFFFFF"/>
                           </a:solidFill>
                           <a:latin typeface="Poppins"/>
                           <a:ea typeface="Poppins"/>
                           <a:cs typeface="Poppins"/>
                           <a:sym typeface="Poppins"/>
                         </a:rPr>
                         <a:t>Maintaining &amp; Extending Vocabulary </a:t>
                       </a:r>
                       <a:endParaRPr sz="1200">
                         <a:solidFill>
                           <a:srgbClr val="FFFFFF"/>
                         </a:solidFill>
                         <a:latin typeface="Poppins"/>
                         <a:ea typeface="Poppins"/>
                         <a:cs typeface="Poppins"/>
                         <a:sym typeface="Poppins"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="91425" marR="91425" marT="91425" marB="91425"/>
                 </a:tc>
                 <a:extLst>
                   <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
-                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" val="10009"/>
+                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="10009"/>
                   </a:ext>
                 </a:extLst>
               </a:tr>
               <a:tr h="365725">
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr marL="0" lvl="0" indent="0" algn="ctr" rtl="0">
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
                         <a:rPr lang="en" sz="1200" b="1">
                           <a:solidFill>
                             <a:srgbClr val="FFFFFF"/>
                           </a:solidFill>
                           <a:latin typeface="Poppins"/>
                           <a:ea typeface="Poppins"/>
@@ -16532,51 +16570,51 @@
                           <a:solidFill>
                             <a:srgbClr val="FFFFFF"/>
                           </a:solidFill>
                           <a:latin typeface="Poppins"/>
                           <a:ea typeface="Poppins"/>
                           <a:cs typeface="Poppins"/>
                           <a:sym typeface="Poppins"/>
                         </a:rPr>
                         <a:t>Maintaining &amp; Extending Vocabulary </a:t>
                       </a:r>
                       <a:endParaRPr sz="1200">
                         <a:solidFill>
                           <a:srgbClr val="FFFFFF"/>
                         </a:solidFill>
                         <a:latin typeface="Poppins"/>
                         <a:ea typeface="Poppins"/>
                         <a:cs typeface="Poppins"/>
                         <a:sym typeface="Poppins"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="91425" marR="91425" marT="91425" marB="91425"/>
                 </a:tc>
                 <a:extLst>
                   <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
-                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" val="10010"/>
+                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="10010"/>
                   </a:ext>
                 </a:extLst>
               </a:tr>
               <a:tr h="365725">
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr marL="0" lvl="0" indent="0" algn="ctr" rtl="0">
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
                         <a:rPr lang="en" sz="1200" b="1">
                           <a:solidFill>
                             <a:srgbClr val="FFFFFF"/>
                           </a:solidFill>
                           <a:latin typeface="Poppins"/>
                           <a:ea typeface="Poppins"/>
@@ -16656,51 +16694,51 @@
                           <a:solidFill>
                             <a:srgbClr val="FFFFFF"/>
                           </a:solidFill>
                           <a:latin typeface="Poppins"/>
                           <a:ea typeface="Poppins"/>
                           <a:cs typeface="Poppins"/>
                           <a:sym typeface="Poppins"/>
                         </a:rPr>
                         <a:t>Text Sets, Implicit and Explicit Vocabulary  </a:t>
                       </a:r>
                       <a:endParaRPr sz="1200" dirty="0">
                         <a:solidFill>
                           <a:srgbClr val="FFFFFF"/>
                         </a:solidFill>
                         <a:latin typeface="Poppins"/>
                         <a:ea typeface="Poppins"/>
                         <a:cs typeface="Poppins"/>
                         <a:sym typeface="Poppins"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="91425" marR="91425" marT="91425" marB="91425"/>
                 </a:tc>
                 <a:extLst>
                   <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
-                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" val="10011"/>
+                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="10011"/>
                   </a:ext>
                 </a:extLst>
               </a:tr>
             </a:tbl>
           </a:graphicData>
         </a:graphic>
       </p:graphicFrame>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="122" name="Google Shape;122;p21" descr="Arrow pointing to Session 10:  Maintaining and Extending Vocabulary"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="497750" y="4663325"/>
             <a:ext cx="784800" cy="431700"/>
           </a:xfrm>
           <a:prstGeom prst="rightArrow">
             <a:avLst>
               <a:gd name="adj1" fmla="val 50000"/>
               <a:gd name="adj2" fmla="val 50000"/>
             </a:avLst>
           </a:prstGeom>
           <a:solidFill>
@@ -16740,57 +16778,57 @@
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide6.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name="Shape 126"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="2" name="Picture 1" title=" &quot; &quot;">
+          <p:cNvPr id="2" name="Picture 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{A38C6E16-37DD-45F4-8791-8EF03AC63E36}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A38C6E16-37DD-45F4-8791-8EF03AC63E36}"/>
               </a:ext>
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
-                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" xmlns="" val="1"/>
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId3"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="0" y="75485"/>
             <a:ext cx="1097375" cy="1097375"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
       <p:sp>
@@ -17106,57 +17144,57 @@
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide7.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name="Shape 135"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="2" name="Picture 1" title=" &quot; &quot;">
+          <p:cNvPr id="2" name="Picture 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{BA50D67F-8526-4DAC-BF31-AB44AC2DDED9}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{BA50D67F-8526-4DAC-BF31-AB44AC2DDED9}"/>
               </a:ext>
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
-                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" xmlns="" val="1"/>
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId3"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="0" y="77638"/>
             <a:ext cx="1097375" cy="1097375"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
       <p:sp>
@@ -17599,54 +17637,54 @@
               <a:rPr lang="en" sz="1200" b="1">
                 <a:solidFill>
                   <a:srgbClr val="40C1AC"/>
                 </a:solidFill>
                 <a:latin typeface="Poppins"/>
                 <a:ea typeface="Poppins"/>
                 <a:cs typeface="Poppins"/>
                 <a:sym typeface="Poppins"/>
               </a:rPr>
               <a:t>7</a:t>
             </a:fld>
             <a:endParaRPr sz="1200" b="1">
               <a:solidFill>
                 <a:srgbClr val="40C1AC"/>
               </a:solidFill>
               <a:latin typeface="Poppins"/>
               <a:ea typeface="Poppins"/>
               <a:cs typeface="Poppins"/>
               <a:sym typeface="Poppins"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="139" name="Google Shape;139;p23" title=" &quot; &quot;">
+          <p:cNvPr id="139" name="Google Shape;139;p23">
             <a:extLst>
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
-                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" xmlns="" val="1"/>
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr preferRelativeResize="0"/>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill rotWithShape="1">
           <a:blip r:embed="rId4">
             <a:alphaModFix/>
           </a:blip>
           <a:srcRect/>
           <a:stretch/>
         </p:blipFill>
         <p:spPr>
           <a:xfrm rot="-3">
             <a:off x="5160535" y="1479802"/>
             <a:ext cx="3715275" cy="2787839"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
@@ -17657,57 +17695,57 @@
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide8.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name="Shape 145"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="2" name="Picture 1" title=" &quot; &quot;">
+          <p:cNvPr id="2" name="Picture 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{AF00779C-2D5A-4F72-A950-AB795BEEC5B8}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{AF00779C-2D5A-4F72-A950-AB795BEEC5B8}"/>
               </a:ext>
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
-                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" xmlns="" val="1"/>
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId3"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="0" y="77638"/>
             <a:ext cx="1097375" cy="1097375"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
       <p:sp>
@@ -17904,54 +17942,54 @@
               <a:rPr lang="en" sz="700" b="1">
                 <a:solidFill>
                   <a:srgbClr val="397ED0"/>
                 </a:solidFill>
                 <a:latin typeface="Poppins"/>
                 <a:ea typeface="Poppins"/>
                 <a:cs typeface="Poppins"/>
                 <a:sym typeface="Poppins"/>
               </a:rPr>
               <a:t>ACADEMIC VOCABULARY SESSION 11</a:t>
             </a:r>
             <a:endParaRPr sz="700" b="1">
               <a:solidFill>
                 <a:srgbClr val="397ED0"/>
               </a:solidFill>
               <a:latin typeface="Poppins"/>
               <a:ea typeface="Poppins"/>
               <a:cs typeface="Poppins"/>
               <a:sym typeface="Poppins"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="150" name="Google Shape;150;p24" title=" &quot; &quot;">
+          <p:cNvPr id="150" name="Google Shape;150;p24">
             <a:extLst>
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
-                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" xmlns="" val="1"/>
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr preferRelativeResize="0"/>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill rotWithShape="1">
           <a:blip r:embed="rId4">
             <a:alphaModFix/>
           </a:blip>
           <a:srcRect l="4154" r="4144" b="2572"/>
           <a:stretch/>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="4757903" y="1364550"/>
             <a:ext cx="4032750" cy="2380476"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
@@ -18047,57 +18085,57 @@
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide9.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name="Shape 155"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="2" name="Picture 1" title=" &quot; &quot;">
+          <p:cNvPr id="2" name="Picture 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{B8CD87B7-C49A-4A80-AA80-34AC5B58F2DD}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{B8CD87B7-C49A-4A80-AA80-34AC5B58F2DD}"/>
               </a:ext>
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
-                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" xmlns="" val="1"/>
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId3"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="0" y="77638"/>
             <a:ext cx="1097375" cy="1097375"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
       <p:sp>
@@ -18254,54 +18292,54 @@
               <a:solidFill>
                 <a:srgbClr val="888888"/>
               </a:solidFill>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="1000"/>
               </a:spcAft>
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr lang="en" sz="1800" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:endParaRPr sz="1800" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="160" name="Google Shape;160;p25" title=" &quot; &quot;">
+          <p:cNvPr id="160" name="Google Shape;160;p25">
             <a:extLst>
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
-                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" xmlns="" val="1"/>
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr preferRelativeResize="0"/>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill rotWithShape="1">
           <a:blip r:embed="rId4">
             <a:alphaModFix/>
           </a:blip>
           <a:srcRect/>
           <a:stretch/>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="5031000" y="1265700"/>
             <a:ext cx="3401400" cy="3401400"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
@@ -18946,51 +18984,51 @@
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <Accessibility_x0020_Office xmlns="3a62de7d-ba57-4f43-9dae-9623ba637be0">OTL - Office of Teaching and Learning</Accessibility_x0020_Office>
     <Accessibility_x0020_Audit_x0020_Status xmlns="3a62de7d-ba57-4f43-9dae-9623ba637be0" xsi:nil="true"/>
     <Accessibility_x0020_Audience xmlns="3a62de7d-ba57-4f43-9dae-9623ba637be0" xsi:nil="true"/>
     <Accessibility_x0020_Status xmlns="3a62de7d-ba57-4f43-9dae-9623ba637be0">Accessible</Accessibility_x0020_Status>
     <Application_x0020_Type xmlns="3a62de7d-ba57-4f43-9dae-9623ba637be0" xsi:nil="true"/>
-    <Application_x0020_Date xmlns="3a62de7d-ba57-4f43-9dae-9623ba637be0" xsi:nil="true"/>
+    <Application_x0020_Date xmlns="3a62de7d-ba57-4f43-9dae-9623ba637be0">2026-02-10T05:00:00+00:00</Application_x0020_Date>
     <Accessibility_x0020_Target_x0020_Date xmlns="3a62de7d-ba57-4f43-9dae-9623ba637be0" xsi:nil="true"/>
     <Application_x0020_Status xmlns="3a62de7d-ba57-4f43-9dae-9623ba637be0" xsi:nil="true"/>
     <Accessibility_x0020_Audit_x0020_Date xmlns="3a62de7d-ba57-4f43-9dae-9623ba637be0" xsi:nil="true"/>
     <RoutingRuleDescription xmlns="http://schemas.microsoft.com/sharepoint/v3" xsi:nil="true"/>
     <PublishingExpirationDate xmlns="http://schemas.microsoft.com/sharepoint/v3" xsi:nil="true"/>
     <PublishingStartDate xmlns="http://schemas.microsoft.com/sharepoint/v3" xsi:nil="true"/>
     <Publication_x0020_Date xmlns="3a62de7d-ba57-4f43-9dae-9623ba637be0">2020-12-07T05:00:00+00:00</Publication_x0020_Date>
     <Audience1 xmlns="3a62de7d-ba57-4f43-9dae-9623ba637be0"/>
     <_dlc_DocId xmlns="3a62de7d-ba57-4f43-9dae-9623ba637be0">KYED-536-1099</_dlc_DocId>
     <_dlc_DocIdUrl xmlns="3a62de7d-ba57-4f43-9dae-9623ba637be0">
       <Url>https://www.education.ky.gov/curriculum/standards/kyacadstand/_layouts/15/DocIdRedir.aspx?ID=KYED-536-1099</Url>
       <Description>KYED-536-1099</Description>
     </_dlc_DocIdUrl>
   </documentManagement>
 </p:properties>
 </file>
 
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="KDE Document" ma:contentTypeID="0x0101001BEB557DBE01834EAB47A683706DCD5B001CB4B9AB93836842A61C86EAD5F20BA7" ma:contentTypeVersion="28" ma:contentTypeDescription="" ma:contentTypeScope="" ma:versionID="a5e9d2d4560c56b76a85f7f001e30a1a">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns1="http://schemas.microsoft.com/sharepoint/v3" xmlns:ns2="3a62de7d-ba57-4f43-9dae-9623ba637be0" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="d25af71d3efa376147e2b7ca02f84c5e" ns1:_="" ns2:_="">
     <xsd:import namespace="http://schemas.microsoft.com/sharepoint/v3"/>
     <xsd:import namespace="3a62de7d-ba57-4f43-9dae-9623ba637be0"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
@@ -19324,115 +19362,137 @@
     <Class>Microsoft.Office.DocumentManagement.Internal.DocIdHandler</Class>
     <Data/>
     <Filter/>
   </Receiver>
 </spe:Receivers>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{6FFC8DFB-DEF8-430C-9D99-FAB30C0B7FE3}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B8455E1B-1E12-4496-9810-B7CB3385DCCF}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A40D6E61-731B-4870-9AB6-4EC3F6261D2F}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A1C5261F-53F7-4270-BBEF-D5BD94499D74}"/>
 </file>
 
 <file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{1C0812C5-2585-440F-9736-7D47ADACC98B}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{4A8DDD25-7C2A-44DE-BE34-08CBEED5CFE0}"/>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
-  <Words>1361</Words>
-  <Application>Microsoft Macintosh PowerPoint</Application>
+  <Words>1379</Words>
+  <Application>Microsoft Office PowerPoint</Application>
   <PresentationFormat>On-screen Show (16:10)</PresentationFormat>
   <Paragraphs>150</Paragraphs>
   <Slides>10</Slides>
   <Notes>10</Notes>
   <HiddenSlides>0</HiddenSlides>
   <MMClips>0</MMClips>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="6" baseType="variant">
       <vt:variant>
         <vt:lpstr>Fonts Used</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>8</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Theme</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Slide Titles</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>10</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="19" baseType="lpstr">
+      <vt:lpstr>Noto Sans Symbols</vt:lpstr>
       <vt:lpstr>Poppins SemiBold</vt:lpstr>
+      <vt:lpstr>Bitter</vt:lpstr>
+      <vt:lpstr>Courier New</vt:lpstr>
+      <vt:lpstr>Poppins ExtraBold</vt:lpstr>
+      <vt:lpstr>Calibri</vt:lpstr>
       <vt:lpstr>Arial</vt:lpstr>
-      <vt:lpstr>Bitter</vt:lpstr>
-[...1 lines deleted...]
-      <vt:lpstr>Poppins ExtraBold</vt:lpstr>
       <vt:lpstr>Poppins</vt:lpstr>
-      <vt:lpstr>Courier New</vt:lpstr>
-      <vt:lpstr>Noto Sans Symbols</vt:lpstr>
       <vt:lpstr>Simple Light</vt:lpstr>
       <vt:lpstr>Reinforcing Vocabulary Across Lessons/Texts</vt:lpstr>
       <vt:lpstr>Do Now</vt:lpstr>
       <vt:lpstr>Objectives</vt:lpstr>
       <vt:lpstr>Our Norms</vt:lpstr>
       <vt:lpstr>Content Cycle Overview </vt:lpstr>
       <vt:lpstr>Preparing for Planning and Practice</vt:lpstr>
       <vt:lpstr>Plan to Reinforce Vocabulary  </vt:lpstr>
       <vt:lpstr>Practice </vt:lpstr>
       <vt:lpstr>Revise &amp; Tune  </vt:lpstr>
       <vt:lpstr>Closing </vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>Reinforcing Vocabulary Across Lessons/Texts</dc:title>
+  <dc:creator>Clouse, Thomas - Division of Academic Program Standards</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x0101001BEB557DBE01834EAB47A683706DCD5B001CB4B9AB93836842A61C86EAD5F20BA7</vt:lpwstr>
   </property>
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="_dlc_DocIdItemGuid">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MSIP_Label_eb544694-0027-44fa-bee4-2648c0363f9d_Enabled">
+    <vt:lpwstr>true</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="MSIP_Label_eb544694-0027-44fa-bee4-2648c0363f9d_SetDate">
+    <vt:lpwstr>2024-08-13T17:49:49Z</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="MSIP_Label_eb544694-0027-44fa-bee4-2648c0363f9d_Method">
+    <vt:lpwstr>Standard</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="MSIP_Label_eb544694-0027-44fa-bee4-2648c0363f9d_Name">
+    <vt:lpwstr>defa4170-0d19-0005-0004-bc88714345d2</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="MSIP_Label_eb544694-0027-44fa-bee4-2648c0363f9d_SiteId">
+    <vt:lpwstr>9360c11f-90e6-4706-ad00-25fcdc9e2ed1</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="8" name="MSIP_Label_eb544694-0027-44fa-bee4-2648c0363f9d_ActionId">
+    <vt:lpwstr>66fd95b9-9d30-4f8b-9112-8d8382d8c2f5</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="9" name="MSIP_Label_eb544694-0027-44fa-bee4-2648c0363f9d_ContentBits">
+    <vt:lpwstr>0</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="10" name="_dlc_DocIdItemGuid">
     <vt:lpwstr>b4402272-b8d1-4c54-8fac-377ab3944b7e</vt:lpwstr>
   </property>
 </Properties>
 </file>