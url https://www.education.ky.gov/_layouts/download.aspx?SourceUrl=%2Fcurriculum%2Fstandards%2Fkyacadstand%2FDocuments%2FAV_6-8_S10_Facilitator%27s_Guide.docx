--- v0 (2025-11-19)
+++ v1 (2026-03-19)
@@ -8,51 +8,51 @@
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="5D5223CE" w14:textId="2150DCD4" w:rsidR="002F1CF1" w:rsidRDefault="00A5305E" w:rsidP="002F1CF1">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">Academic Vocabulary </w:t>
       </w:r>
       <w:r w:rsidR="002F1CF1" w:rsidRPr="002F1CF1">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:b/>
@@ -94,90 +94,90 @@
         <w:t>1</w:t>
       </w:r>
       <w:r w:rsidR="006B4F5F">
         <w:t>0</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="14490" w:type="dxa"/>
         <w:tblInd w:w="-10" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
           <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
           <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
           <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
           <w:insideH w:val="single" w:sz="8" w:space="0" w:color="000000"/>
           <w:insideV w:val="single" w:sz="8" w:space="0" w:color="000000"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="0600" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="1" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1875"/>
         <w:gridCol w:w="12615"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00A5305E" w:rsidRPr="00A3134C" w14:paraId="51CDBA43" w14:textId="77777777" w:rsidTr="58674BA2">
+      <w:tr w:rsidR="00A5305E" w:rsidRPr="00A3134C" w14:paraId="51CDBA43" w14:textId="77777777" w:rsidTr="51810EA2">
         <w:trPr>
           <w:trHeight w:val="420"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="14490" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="0066AF"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="26D19855" w14:textId="2013DDC0" w:rsidR="00A5305E" w:rsidRPr="00A3134C" w:rsidRDefault="00A5305E" w:rsidP="00A3134C">
             <w:pPr>
               <w:pStyle w:val="Heading1"/>
               <w:ind w:hanging="636"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A3134C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>OVERVIEW</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A5305E" w:rsidRPr="00A3134C" w14:paraId="35F87DD7" w14:textId="77777777" w:rsidTr="58674BA2">
+      <w:tr w:rsidR="00A5305E" w:rsidRPr="00A3134C" w14:paraId="35F87DD7" w14:textId="77777777" w:rsidTr="51810EA2">
         <w:trPr>
           <w:trHeight w:val="260"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1875" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5C6F7DD2" w14:textId="77777777" w:rsidR="00A5305E" w:rsidRPr="00A3134C" w:rsidRDefault="00A5305E" w:rsidP="00A5305E">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en"/>
@@ -213,158 +213,178 @@
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="10"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A3134C">
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en"/>
               </w:rPr>
               <w:t xml:space="preserve"> ELA 6-8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A5305E" w:rsidRPr="00A3134C" w14:paraId="5AE5827E" w14:textId="77777777" w:rsidTr="58674BA2">
+      <w:tr w:rsidR="00A5305E" w:rsidRPr="00A3134C" w14:paraId="5AE5827E" w14:textId="77777777" w:rsidTr="51810EA2">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1875" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="19006F2F" w14:textId="77777777" w:rsidR="00A5305E" w:rsidRPr="00A3134C" w:rsidRDefault="00A5305E" w:rsidP="00A5305E">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A3134C">
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en"/>
               </w:rPr>
               <w:t>Essential Questions</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="12615" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="40B61BE4" w14:textId="77777777" w:rsidR="00A5305E" w:rsidRPr="00A3134C" w:rsidRDefault="00A5305E" w:rsidP="00A5305E">
+          <w:p w14:paraId="40B61BE4" w14:textId="6A9BFFF2" w:rsidR="00A5305E" w:rsidRPr="00A3134C" w:rsidRDefault="00A5305E" w:rsidP="51810EA2">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="13"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
-[...14 lines deleted...]
-              <w:t>Why is vocabulary instruction critical for equity in literacy?</w:t>
+                <w:rFonts w:eastAsia="Poppins"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="51810EA2">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Poppins"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Why is vocabulary instruction critical for </w:t>
+            </w:r>
+            <w:r w:rsidR="1CA274AB" w:rsidRPr="51810EA2">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Poppins"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>all</w:t>
+            </w:r>
+            <w:r w:rsidRPr="51810EA2">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Poppins"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> in literacy?</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="2558CE0D" w14:textId="77777777" w:rsidR="00A5305E" w:rsidRPr="00A3134C" w:rsidRDefault="00A5305E" w:rsidP="00A5305E">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="13"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A3134C">
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en"/>
               </w:rPr>
               <w:t>Which words do I teach and how?</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A5305E" w:rsidRPr="00A3134C" w14:paraId="0E73A634" w14:textId="77777777" w:rsidTr="58674BA2">
+      <w:tr w:rsidR="00A5305E" w:rsidRPr="00A3134C" w14:paraId="0E73A634" w14:textId="77777777" w:rsidTr="51810EA2">
         <w:trPr>
           <w:trHeight w:val="2160"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1875" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="31CBF756" w14:textId="77777777" w:rsidR="00A5305E" w:rsidRPr="00A3134C" w:rsidRDefault="00A5305E" w:rsidP="00A5305E">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en"/>
@@ -395,98 +415,76 @@
           </w:tcPr>
           <w:p w14:paraId="78DC76BB" w14:textId="77777777" w:rsidR="00A5305E" w:rsidRPr="00A3134C" w:rsidRDefault="00A5305E" w:rsidP="58674BA2">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="11"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="58674BA2">
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve">Students who know fewer vocabulary words struggle with comprehension, and often get fewer experiences to read grade level text with rich vocabulary as a result. Often, attempts to differentiate for struggling readers mean that those readers end up reading </w:t>
-[...24 lines deleted...]
-          <w:p w14:paraId="3CC3D1A1" w14:textId="77777777" w:rsidR="00A5305E" w:rsidRPr="00A3134C" w:rsidRDefault="00A5305E" w:rsidP="00A5305E">
+              <w:t>Students who know fewer vocabulary words struggle with comprehension, and often get fewer experiences to read grade level text with rich vocabulary as a result. Often, attempts to differentiate for struggling readers mean that those readers end up reading less challenging passages vs. getting supported opportunities to engage with challenging text and learn new vocabulary.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3CC3D1A1" w14:textId="77777777" w:rsidR="00A5305E" w:rsidRPr="00A3134C" w:rsidRDefault="00A5305E" w:rsidP="51810EA2">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="11"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
-[...12 lines deleted...]
-                <w:lang w:val="en"/>
+                <w:rFonts w:eastAsia="Poppins"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="51810EA2">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Poppins"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>We must focus instruction on academic vocabulary (Tier 2 words) and domain-specific vocabulary (Tier 3 words).</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="3F4DE455" w14:textId="77777777" w:rsidR="00A5305E" w:rsidRPr="00A3134C" w:rsidRDefault="00A5305E" w:rsidP="58674BA2">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="11"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="58674BA2">
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins"/>
                 <w:b/>
                 <w:bCs/>
@@ -503,51 +501,51 @@
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="11"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A3134C">
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en"/>
               </w:rPr>
               <w:t xml:space="preserve">To support students in both a breadth and depth of vocabulary knowledge, we must teach vocabulary </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A5305E" w:rsidRPr="00A3134C" w14:paraId="0F525040" w14:textId="77777777" w:rsidTr="58674BA2">
+      <w:tr w:rsidR="00A5305E" w:rsidRPr="00A3134C" w14:paraId="0F525040" w14:textId="77777777" w:rsidTr="51810EA2">
         <w:trPr>
           <w:trHeight w:val="420"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1875" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="05BBD822" w14:textId="77777777" w:rsidR="00A5305E" w:rsidRPr="00A3134C" w:rsidRDefault="00A5305E" w:rsidP="00A5305E">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en"/>
@@ -577,73 +575,73 @@
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="125F4F85" w14:textId="77777777" w:rsidR="00A5305E" w:rsidRPr="00A3134C" w:rsidRDefault="00A5305E" w:rsidP="00A5305E">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A3134C">
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en"/>
               </w:rPr>
               <w:t>The Learning Cycle includes the following components to support shifts in instruction:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="6D7A5983" w14:textId="77777777" w:rsidR="00A5305E" w:rsidRPr="00A3134C" w:rsidRDefault="00A5305E" w:rsidP="00A5305E">
+          <w:p w14:paraId="6D7A5983" w14:textId="77777777" w:rsidR="00A5305E" w:rsidRPr="00A3134C" w:rsidRDefault="00A5305E" w:rsidP="51810EA2">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="9"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
-[...12 lines deleted...]
-                <w:lang w:val="en"/>
+                <w:rFonts w:eastAsia="Poppins"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="51810EA2">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Poppins"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Shared Learning: Learning sessions where teachers learn new knowledge and skills aligned to the topic of the content cycle. This could look a variety of ways, including reading and discussing an article, studying a classroom video, or doing some group practice of a particular planning skill.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="09C8D946" w14:textId="77777777" w:rsidR="00A5305E" w:rsidRPr="00A3134C" w:rsidRDefault="00A5305E" w:rsidP="58674BA2">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="9"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="58674BA2">
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins"/>
                 <w:b/>
                 <w:bCs/>
@@ -716,91 +714,91 @@
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="14490" w:type="dxa"/>
         <w:tblInd w:w="-10" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
           <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
           <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
           <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
           <w:insideH w:val="single" w:sz="8" w:space="0" w:color="000000"/>
           <w:insideV w:val="single" w:sz="8" w:space="0" w:color="000000"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="0600" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="1" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="10350"/>
         <w:gridCol w:w="4140"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00A5305E" w:rsidRPr="00A3134C" w14:paraId="79C291B1" w14:textId="77777777" w:rsidTr="58674BA2">
+      <w:tr w:rsidR="00A5305E" w:rsidRPr="00A3134C" w14:paraId="79C291B1" w14:textId="77777777" w:rsidTr="51810EA2">
         <w:trPr>
           <w:trHeight w:val="420"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="14490" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="0066AF"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="16B00528" w14:textId="77777777" w:rsidR="00A5305E" w:rsidRPr="00A3134C" w:rsidRDefault="00A5305E" w:rsidP="00A3134C">
             <w:pPr>
               <w:pStyle w:val="Heading2"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:bookmarkStart w:id="0" w:name="kix.kal9gyjujtde" w:colFirst="0" w:colLast="0"/>
             <w:bookmarkEnd w:id="0"/>
             <w:r w:rsidRPr="00A3134C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>TEACHER AND STUDENT GOALS</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A5305E" w:rsidRPr="00A3134C" w14:paraId="70E48FEC" w14:textId="77777777" w:rsidTr="58674BA2">
+      <w:tr w:rsidR="00A5305E" w:rsidRPr="00A3134C" w14:paraId="70E48FEC" w14:textId="77777777" w:rsidTr="51810EA2">
         <w:trPr>
           <w:trHeight w:val="420"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10350" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="EFEFEF"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="385C1C0D" w14:textId="77777777" w:rsidR="00A5305E" w:rsidRPr="00A3134C" w:rsidRDefault="00A5305E" w:rsidP="00A5305E">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en"/>
               </w:rPr>
@@ -854,106 +852,108 @@
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="466C821F" w14:textId="77777777" w:rsidR="00A5305E" w:rsidRPr="00A3134C" w:rsidRDefault="00A5305E" w:rsidP="00A5305E">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A3134C">
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en"/>
               </w:rPr>
               <w:t>Example Student Goal(s)</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="4BC8C96F" w14:textId="3019C35D" w:rsidR="00A5305E" w:rsidRPr="00A3134C" w:rsidRDefault="00A5305E" w:rsidP="00A5305E">
+          <w:p w14:paraId="4BC8C96F" w14:textId="3019C35D" w:rsidR="00A5305E" w:rsidRPr="00A3134C" w:rsidRDefault="00A5305E" w:rsidP="51810EA2">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
-[...9 lines deleted...]
-                <w:b/>
+                <w:rFonts w:eastAsia="Poppins"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="51810EA2">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Poppins"/>
+                <w:b/>
+                <w:bCs/>
                 <w:i/>
-                <w:sz w:val="24"/>
-[...1 lines deleted...]
-                <w:lang w:val="en"/>
+                <w:iCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>NOTE: These goals are intended to be a starting place for team goal</w:t>
             </w:r>
-            <w:r w:rsidR="00A3134C" w:rsidRPr="00A3134C">
-[...2 lines deleted...]
-                <w:b/>
+            <w:r w:rsidR="00A3134C" w:rsidRPr="51810EA2">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Poppins"/>
+                <w:b/>
+                <w:bCs/>
                 <w:i/>
-                <w:sz w:val="24"/>
-[...1 lines deleted...]
-                <w:lang w:val="en"/>
+                <w:iCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00A3134C">
-[...2 lines deleted...]
-                <w:b/>
+            <w:r w:rsidRPr="51810EA2">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Poppins"/>
+                <w:b/>
+                <w:bCs/>
                 <w:i/>
-                <w:sz w:val="24"/>
-[...1 lines deleted...]
-                <w:lang w:val="en"/>
+                <w:iCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>setting. Teams should feel welcome to tailor or add to these based on context, curriculum, and district/school tools.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A5305E" w:rsidRPr="00A3134C" w14:paraId="6350105B" w14:textId="77777777" w:rsidTr="58674BA2">
+      <w:tr w:rsidR="00A5305E" w:rsidRPr="00A3134C" w14:paraId="6350105B" w14:textId="77777777" w:rsidTr="51810EA2">
         <w:trPr>
           <w:trHeight w:val="4500"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10350" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="0B724075" w14:textId="77777777" w:rsidR="00A5305E" w:rsidRPr="00A3134C" w:rsidRDefault="00A5305E" w:rsidP="00A5305E">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A3134C">
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
@@ -1134,51 +1134,50 @@
                 <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="23E45CD7" w14:textId="77777777" w:rsidR="00A5305E" w:rsidRPr="00A3134C" w:rsidRDefault="00A5305E" w:rsidP="00A5305E">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4140" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="0ACA6705" w14:textId="77777777" w:rsidR="00A5305E" w:rsidRPr="00A3134C" w:rsidRDefault="00A5305E" w:rsidP="58674BA2">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="58674BA2">
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
@@ -1797,71 +1796,51 @@
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Apply learning to curricular planning and practice</w:t>
             </w:r>
             <w:r w:rsidRPr="00A3134C">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:br/>
             </w:r>
             <w:r w:rsidRPr="00A3134C">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:br/>
-              <w:t xml:space="preserve">Give and receive feedback from colleagues </w:t>
-[...19 lines deleted...]
-              <w:t xml:space="preserve"> revise plans and refine practices</w:t>
+              <w:t>Give and receive feedback from colleagues in order to revise plans and refine practices</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6200" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="685118EC" w14:textId="17CFE6B8" w:rsidR="00617037" w:rsidRPr="00A3134C" w:rsidRDefault="009912EC" w:rsidP="00617037">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="2244"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:eastAsia="Poppins" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en"/>
               </w:rPr>
@@ -1917,115 +1896,115 @@
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve">Preparation: </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="361D5611" w14:textId="0829B552" w:rsidR="00617037" w:rsidRPr="00A3134C" w:rsidRDefault="002F1CF1" w:rsidP="00617037">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A3134C">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Participant should be given access to the following documents to engage in the learning for this session:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1E7BA1FE" w14:textId="7C25B628" w:rsidR="00617037" w:rsidRPr="00A3134C" w:rsidRDefault="00471525" w:rsidP="253F5CD7">
+    <w:p w14:paraId="1E7BA1FE" w14:textId="7C25B628" w:rsidR="00617037" w:rsidRPr="00A3134C" w:rsidRDefault="00A3134C" w:rsidP="253F5CD7">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId10">
-        <w:r w:rsidR="00A3134C" w:rsidRPr="253F5CD7">
+        <w:r w:rsidRPr="253F5CD7">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           </w:rPr>
           <w:t>PowerPoint S</w:t>
         </w:r>
         <w:r w:rsidR="00617037" w:rsidRPr="253F5CD7">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           </w:rPr>
           <w:t>lides</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="0802629F" w14:textId="6091DD8B" w:rsidR="00617037" w:rsidRPr="00A3134C" w:rsidRDefault="00471525" w:rsidP="253F5CD7">
+    <w:p w14:paraId="0802629F" w14:textId="6091DD8B" w:rsidR="00617037" w:rsidRPr="00A3134C" w:rsidRDefault="00617037" w:rsidP="253F5CD7">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId11">
-        <w:r w:rsidR="00617037" w:rsidRPr="253F5CD7">
+        <w:r w:rsidRPr="253F5CD7">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           </w:rPr>
           <w:t>Participant Handout</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="5E8E1CF7" w14:textId="4E4A496A" w:rsidR="00617037" w:rsidRPr="00A3134C" w:rsidRDefault="00471525" w:rsidP="253F5CD7">
+    <w:p w14:paraId="5E8E1CF7" w14:textId="4E4A496A" w:rsidR="00617037" w:rsidRPr="00A3134C" w:rsidRDefault="00617037" w:rsidP="253F5CD7">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId12">
-        <w:r w:rsidR="00617037" w:rsidRPr="253F5CD7">
+        <w:r w:rsidRPr="253F5CD7">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           </w:rPr>
           <w:t xml:space="preserve">Goal Setting </w:t>
         </w:r>
         <w:r w:rsidR="00585CF7" w:rsidRPr="253F5CD7">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           </w:rPr>
           <w:t>Document</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="7C1ACED5" w14:textId="77777777" w:rsidR="009912EC" w:rsidRPr="00A3134C" w:rsidRDefault="009912EC" w:rsidP="009912EC">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
@@ -2153,77 +2132,77 @@
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="3B485232" w14:textId="77777777" w:rsidR="009912EC" w:rsidRPr="00A3134C" w:rsidRDefault="009912EC" w:rsidP="009912EC">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A3134C">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Teachers gather and bring:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="608612F1" w14:textId="37EAF001" w:rsidR="009912EC" w:rsidRPr="00A3134C" w:rsidRDefault="00471525" w:rsidP="253F5CD7">
+          <w:p w14:paraId="608612F1" w14:textId="37EAF001" w:rsidR="009912EC" w:rsidRPr="00A3134C" w:rsidRDefault="009912EC" w:rsidP="253F5CD7">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="49"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId13">
-              <w:r w:rsidR="009912EC" w:rsidRPr="253F5CD7">
+              <w:r w:rsidRPr="253F5CD7">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:eastAsia="Times New Roman"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:t>Goal-Setting Document</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r w:rsidR="009912EC" w:rsidRPr="253F5CD7">
+            <w:r w:rsidRPr="253F5CD7">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> for the current content cycle</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="12918C08" w14:textId="77777777" w:rsidR="009912EC" w:rsidRPr="00A3134C" w:rsidRDefault="009912EC" w:rsidP="009912EC">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="49"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A3134C">
@@ -2279,60 +2258,60 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>PPT</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="370A3A59" w14:textId="09B73D75" w:rsidR="11670048" w:rsidRDefault="00471525" w:rsidP="253F5CD7">
+          <w:p w14:paraId="370A3A59" w14:textId="09B73D75" w:rsidR="11670048" w:rsidRDefault="11670048" w:rsidP="253F5CD7">
             <w:pPr>
               <w:pStyle w:val="NormalWeb"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId14">
-              <w:r w:rsidR="11670048" w:rsidRPr="253F5CD7">
+              <w:r w:rsidRPr="253F5CD7">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
                 </w:rPr>
                 <w:t>Session 10 PowerPoint Slides</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p w14:paraId="0CC8A516" w14:textId="2D909D75" w:rsidR="253F5CD7" w:rsidRDefault="253F5CD7" w:rsidP="253F5CD7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="5610950F" w14:textId="3DBE3A80" w:rsidR="009912EC" w:rsidRPr="00A3134C" w:rsidRDefault="009912EC" w:rsidP="253F5CD7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
@@ -2398,61 +2377,61 @@
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>Printing/ Digital handouts </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="4B0C15E2" w14:textId="0F43253F" w:rsidR="009912EC" w:rsidRPr="00A3134C" w:rsidRDefault="00471525" w:rsidP="253F5CD7">
+          <w:p w14:paraId="4B0C15E2" w14:textId="0F43253F" w:rsidR="009912EC" w:rsidRPr="00A3134C" w:rsidRDefault="00585CF7" w:rsidP="253F5CD7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink>
-              <w:r w:rsidR="00585CF7" w:rsidRPr="253F5CD7">
+              <w:r w:rsidRPr="253F5CD7">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:eastAsia="Times New Roman"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:t>Participant Handout</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="009912EC" w:rsidRPr="00A3134C" w14:paraId="2C715B05" w14:textId="77777777" w:rsidTr="253F5CD7">
         <w:trPr>
           <w:trHeight w:val="480"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
@@ -2747,99 +2726,99 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="69A78FDC" w14:textId="77777777" w:rsidR="00AA1F0C" w:rsidRPr="002F1CF1" w:rsidRDefault="00AA1F0C" w:rsidP="00617037">
       <w:pPr>
         <w:ind w:left="360"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="14400" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="10080"/>
         <w:gridCol w:w="4320"/>
       </w:tblGrid>
-      <w:tr w:rsidR="002F1CF1" w:rsidRPr="002F1CF1" w14:paraId="157AAF2E" w14:textId="77777777" w:rsidTr="00A16BA9">
+      <w:tr w:rsidR="002F1CF1" w:rsidRPr="002F1CF1" w14:paraId="157AAF2E" w14:textId="77777777" w:rsidTr="51810EA2">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10080" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="0F6865FF" w14:textId="2333281C" w:rsidR="002F1CF1" w:rsidRPr="002F1CF1" w:rsidRDefault="002F1CF1" w:rsidP="00A3134C">
             <w:pPr>
               <w:pStyle w:val="Heading4"/>
             </w:pPr>
             <w:r w:rsidRPr="002F1CF1">
               <w:t>Facilitator</w:t>
             </w:r>
             <w:r w:rsidR="00A3134C">
               <w:t>’s</w:t>
             </w:r>
             <w:r w:rsidRPr="002F1CF1">
               <w:t xml:space="preserve"> Notes</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4320" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="331DB377" w14:textId="77777777" w:rsidR="002F1CF1" w:rsidRPr="002F1CF1" w:rsidRDefault="002F1CF1" w:rsidP="002F1CF1">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002F1CF1">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Accompanying Slide</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002F1CF1" w:rsidRPr="002F1CF1" w14:paraId="2B27B047" w14:textId="77777777" w:rsidTr="00A16BA9">
+      <w:tr w:rsidR="002F1CF1" w:rsidRPr="002F1CF1" w14:paraId="2B27B047" w14:textId="77777777" w:rsidTr="51810EA2">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10080" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="52F3AC25" w14:textId="61EC0783" w:rsidR="00A16BA9" w:rsidRPr="00A3134C" w:rsidRDefault="00EF11DE" w:rsidP="00A16BA9">
             <w:pPr>
               <w:pStyle w:val="NormalWeb"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A3134C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Poppins" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>Slide 1:</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="00562A20" w14:textId="77777777" w:rsidR="002F1CF1" w:rsidRPr="00A3134C" w:rsidRDefault="002F1CF1" w:rsidP="002F1CF1">
             <w:pPr>
               <w:rPr>
@@ -3023,51 +3002,51 @@
                               </a:ext>
                             </a:extLst>
                           </a:blip>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2606040" cy="1622425"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002F1CF1" w:rsidRPr="002F1CF1" w14:paraId="0909F187" w14:textId="77777777" w:rsidTr="00A16BA9">
+      <w:tr w:rsidR="002F1CF1" w:rsidRPr="002F1CF1" w14:paraId="0909F187" w14:textId="77777777" w:rsidTr="51810EA2">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10080" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="2CA261CB" w14:textId="77777777" w:rsidR="002F1CF1" w:rsidRPr="00A3134C" w:rsidRDefault="002F1CF1" w:rsidP="002F1CF1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A3134C">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>Slide 2:</w:t>
             </w:r>
@@ -3210,51 +3189,51 @@
                               </a:ext>
                             </a:extLst>
                           </a:blip>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2606040" cy="1621155"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002F1CF1" w:rsidRPr="002F1CF1" w14:paraId="456899D1" w14:textId="77777777" w:rsidTr="00A16BA9">
+      <w:tr w:rsidR="002F1CF1" w:rsidRPr="002F1CF1" w14:paraId="456899D1" w14:textId="77777777" w:rsidTr="51810EA2">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10080" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="5D838AA7" w14:textId="77777777" w:rsidR="002F1CF1" w:rsidRPr="00A3134C" w:rsidRDefault="002F1CF1" w:rsidP="002F1CF1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A3134C">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Slide 3:</w:t>
             </w:r>
           </w:p>
@@ -3335,71 +3314,51 @@
               <w:t>ute</w:t>
             </w:r>
             <w:r w:rsidRPr="00A3134C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
             <w:r w:rsidRPr="00A3134C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>: “</w:t>
             </w:r>
             <w:r w:rsidRPr="00A3134C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
               </w:rPr>
-              <w:t>This week, we’ll engage in a planning protocol in which we plan and receive feedback on strategic ways that we can leverage our learning from last week as we work toward the goals and look-</w:t>
-[...19 lines deleted...]
-              <w:t xml:space="preserve"> of this cycle. Just like musicians rehearsing, we are tuning and refining our practice off-stage before performing for our audience of students</w:t>
+              <w:t>This week, we’ll engage in a planning protocol in which we plan and receive feedback on strategic ways that we can leverage our learning from last week as we work toward the goals and look-fors of this cycle. Just like musicians rehearsing, we are tuning and refining our practice off-stage before performing for our audience of students</w:t>
             </w:r>
             <w:r w:rsidR="00EB5168">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
             <w:r w:rsidRPr="00A3134C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>”</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="773E328A" w14:textId="77777777" w:rsidR="002B7E4D" w:rsidRPr="00A3134C" w:rsidRDefault="002B7E4D" w:rsidP="002B7E4D">
             <w:pPr>
               <w:pStyle w:val="NormalWeb"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
               <w:rPr>
@@ -3505,51 +3464,51 @@
                               </a:ext>
                             </a:extLst>
                           </a:blip>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2606040" cy="1621790"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002F1CF1" w:rsidRPr="002F1CF1" w14:paraId="438EF4A6" w14:textId="77777777" w:rsidTr="00A16BA9">
+      <w:tr w:rsidR="002F1CF1" w:rsidRPr="002F1CF1" w14:paraId="438EF4A6" w14:textId="77777777" w:rsidTr="51810EA2">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10080" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="58E1C63C" w14:textId="2825C6A7" w:rsidR="002F1CF1" w:rsidRPr="00A3134C" w:rsidRDefault="002F1CF1" w:rsidP="002F1CF1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A3134C">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Slide 4:</w:t>
             </w:r>
           </w:p>
@@ -3686,51 +3645,51 @@
                               </a:ext>
                             </a:extLst>
                           </a:blip>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2606040" cy="1620520"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002F1CF1" w:rsidRPr="002F1CF1" w14:paraId="57E72315" w14:textId="77777777" w:rsidTr="00A16BA9">
+      <w:tr w:rsidR="002F1CF1" w:rsidRPr="002F1CF1" w14:paraId="57E72315" w14:textId="77777777" w:rsidTr="51810EA2">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10080" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="5E4C6EA0" w14:textId="77777777" w:rsidR="002F1CF1" w:rsidRPr="00A3134C" w:rsidRDefault="002F1CF1" w:rsidP="002F1CF1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A3134C">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>Slide 5:</w:t>
             </w:r>
@@ -3789,67 +3748,51 @@
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A3134C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Poppins" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t xml:space="preserve">Share </w:t>
             </w:r>
             <w:r w:rsidR="00AA1F0C" w:rsidRPr="00A3134C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Poppins" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>11-week</w:t>
             </w:r>
             <w:r w:rsidRPr="00A3134C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Poppins" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
               </w:rPr>
-              <w:t xml:space="preserve"> path of the cycle, reminding teachers how </w:t>
-[...15 lines deleted...]
-              <w:t xml:space="preserve"> learning includes opportunities for shared learning, planning and practice, and studying student progress. </w:t>
+              <w:t xml:space="preserve"> path of the cycle, reminding teachers how the professional learning includes opportunities for shared learning, planning and practice, and studying student progress. </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="353CE6AA" w14:textId="217C6DAB" w:rsidR="003306DE" w:rsidRPr="00A3134C" w:rsidRDefault="003306DE" w:rsidP="00EF11DE">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4320" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="7C69C8DE" w14:textId="40486217" w:rsidR="002F1CF1" w:rsidRPr="002F1CF1" w:rsidRDefault="002B7E4D" w:rsidP="002F1CF1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
@@ -3885,157 +3828,178 @@
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2606040" cy="1626870"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:p>
           <w:p w14:paraId="014BE6F0" w14:textId="77777777" w:rsidR="002F1CF1" w:rsidRPr="002F1CF1" w:rsidRDefault="002F1CF1" w:rsidP="002F1CF1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002F1CF1" w:rsidRPr="002F1CF1" w14:paraId="3F24EC5B" w14:textId="77777777" w:rsidTr="00A16BA9">
+      <w:tr w:rsidR="002F1CF1" w:rsidRPr="002F1CF1" w14:paraId="3F24EC5B" w14:textId="77777777" w:rsidTr="51810EA2">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10080" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="5939C8AD" w14:textId="3D88D69A" w:rsidR="002F1CF1" w:rsidRPr="00A3134C" w:rsidRDefault="002F1CF1" w:rsidP="002F1CF1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A3134C">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Slide 6:</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="459DA32B" w14:textId="4B897E90" w:rsidR="003306DE" w:rsidRPr="00A3134C" w:rsidRDefault="003306DE" w:rsidP="002F1CF1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="37DD6295" w14:textId="2F8832D4" w:rsidR="00597AA7" w:rsidRPr="00A3134C" w:rsidRDefault="00597AA7" w:rsidP="00597AA7">
-[...10 lines deleted...]
-                <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+          <w:p w14:paraId="37DD6295" w14:textId="59D47346" w:rsidR="00597AA7" w:rsidRPr="00A3134C" w:rsidRDefault="00597AA7" w:rsidP="51810EA2">
+            <w:pPr>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="51810EA2">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Preparing for the Protocol (2 min</w:t>
             </w:r>
-            <w:r w:rsidR="00AA1F0C">
-[...1 lines deleted...]
-                <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+            <w:r w:rsidR="00AA1F0C" w:rsidRPr="51810EA2">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>ute</w:t>
             </w:r>
-            <w:r w:rsidRPr="00A3134C">
-[...1 lines deleted...]
-                <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+            <w:r w:rsidRPr="51810EA2">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">s): </w:t>
             </w:r>
-            <w:r w:rsidRPr="00A3134C">
-[...1 lines deleted...]
-                <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+            <w:r w:rsidRPr="51810EA2">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial"/>
                 <w:i/>
                 <w:iCs/>
-                <w:color w:val="000000"/>
-[...7 lines deleted...]
-                <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">“In our previous session, we discussed the importance of vocabulary instruction and why it matters for </w:t>
+            </w:r>
+            <w:r w:rsidR="2C85E1DB" w:rsidRPr="51810EA2">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial"/>
                 <w:i/>
                 <w:iCs/>
-                <w:color w:val="000000"/>
-[...7 lines deleted...]
-                <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>all</w:t>
+            </w:r>
+            <w:r w:rsidRPr="51810EA2">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial"/>
                 <w:i/>
                 <w:iCs/>
-                <w:color w:val="000000"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> students. Today, </w:t>
+            </w:r>
+            <w:r w:rsidR="00AA1F0C" w:rsidRPr="51810EA2">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial"/>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>we are</w:t>
+            </w:r>
+            <w:r w:rsidRPr="51810EA2">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial"/>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> going to plan and practice implementing our shared learning. </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="74C94143" w14:textId="77777777" w:rsidR="003306DE" w:rsidRPr="00A3134C" w:rsidRDefault="003306DE" w:rsidP="002F1CF1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="18D4774E" w14:textId="77777777" w:rsidR="002F1CF1" w:rsidRPr="00A3134C" w:rsidRDefault="002F1CF1" w:rsidP="002F1CF1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
@@ -4088,51 +4052,51 @@
                               </a:ext>
                             </a:extLst>
                           </a:blip>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2606040" cy="1624330"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002F1CF1" w:rsidRPr="002F1CF1" w14:paraId="05F41BDE" w14:textId="77777777" w:rsidTr="00A16BA9">
+      <w:tr w:rsidR="002F1CF1" w:rsidRPr="002F1CF1" w14:paraId="05F41BDE" w14:textId="77777777" w:rsidTr="51810EA2">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10080" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="068C3BD3" w14:textId="77777777" w:rsidR="002F1CF1" w:rsidRPr="00A3134C" w:rsidRDefault="002F1CF1" w:rsidP="002F1CF1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A3134C">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Slide 7:</w:t>
             </w:r>
           </w:p>
@@ -4461,51 +4425,51 @@
                               </a:ext>
                             </a:extLst>
                           </a:blip>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2606040" cy="1622425"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002F1CF1" w:rsidRPr="002F1CF1" w14:paraId="6EF49FBB" w14:textId="77777777" w:rsidTr="00A16BA9">
+      <w:tr w:rsidR="002F1CF1" w:rsidRPr="002F1CF1" w14:paraId="6EF49FBB" w14:textId="77777777" w:rsidTr="51810EA2">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10080" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="487511C5" w14:textId="77777777" w:rsidR="002F1CF1" w:rsidRPr="00A3134C" w:rsidRDefault="002F1CF1" w:rsidP="002F1CF1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A3134C">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>Slide 8:</w:t>
             </w:r>
@@ -4871,71 +4835,51 @@
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:r w:rsidRPr="00A3134C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>for your next steps with planning.  A question to consider in your reflection is:</w:t>
             </w:r>
             <w:r w:rsidRPr="00A3134C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00A3134C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
               </w:rPr>
-              <w:t xml:space="preserve">What are my next steps, based on feedback received, that would ensure effective </w:t>
-[...19 lines deleted...]
-              <w:t xml:space="preserve"> for all learners?”</w:t>
+              <w:t>What are my next steps, based on feedback received, that would ensure effective implementation for all learners?”</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="00DDBB4A" w14:textId="4E378D01" w:rsidR="003306DE" w:rsidRPr="00A3134C" w:rsidRDefault="003306DE" w:rsidP="00EF11DE">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4320" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="5566BCBB" w14:textId="77777777" w:rsidR="002F1CF1" w:rsidRPr="002F1CF1" w:rsidRDefault="002F1CF1" w:rsidP="002F1CF1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
@@ -4980,51 +4924,51 @@
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2606040" cy="1621155"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:p>
           <w:p w14:paraId="3459AAA7" w14:textId="77777777" w:rsidR="002F1CF1" w:rsidRPr="002F1CF1" w:rsidRDefault="002F1CF1" w:rsidP="002F1CF1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002F1CF1" w:rsidRPr="002F1CF1" w14:paraId="400E8405" w14:textId="77777777" w:rsidTr="00A16BA9">
+      <w:tr w:rsidR="002F1CF1" w:rsidRPr="002F1CF1" w14:paraId="400E8405" w14:textId="77777777" w:rsidTr="51810EA2">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10080" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="39A0CBAF" w14:textId="77777777" w:rsidR="002F1CF1" w:rsidRPr="00A3134C" w:rsidRDefault="002F1CF1" w:rsidP="002F1CF1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A3134C">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Slide 9:</w:t>
             </w:r>
           </w:p>
@@ -5229,51 +5173,51 @@
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2606040" cy="1634490"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:p>
           <w:p w14:paraId="5DB69211" w14:textId="77777777" w:rsidR="002F1CF1" w:rsidRPr="002F1CF1" w:rsidRDefault="002F1CF1" w:rsidP="002F1CF1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002F1CF1" w:rsidRPr="002F1CF1" w14:paraId="6E5F4098" w14:textId="77777777" w:rsidTr="00A16BA9">
+      <w:tr w:rsidR="002F1CF1" w:rsidRPr="002F1CF1" w14:paraId="6E5F4098" w14:textId="77777777" w:rsidTr="51810EA2">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10080" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="07EB9899" w14:textId="77777777" w:rsidR="002F1CF1" w:rsidRPr="00A3134C" w:rsidRDefault="002F1CF1" w:rsidP="002F1CF1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A3134C">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>Slide 10:</w:t>
             </w:r>
@@ -5564,67 +5508,51 @@
             <w:r w:rsidRPr="00A3134C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Poppins" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>:  Teachers should do the following:</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="63F6CAD4" w14:textId="77777777" w:rsidR="00B54834" w:rsidRPr="00A3134C" w:rsidRDefault="00B54834" w:rsidP="00B54834">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="48"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A3134C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Poppins" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
               </w:rPr>
-              <w:t xml:space="preserve">Create and bring an exemplar response to the assignment that will be analyzed (written task, </w:t>
-[...15 lines deleted...]
-              <w:t xml:space="preserve"> what was prepared for Session 6)</w:t>
+              <w:t>Create and bring an exemplar response to the assignment that will be analyzed (written task, similar to what was prepared for Session 6)</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="0DD01CF5" w14:textId="77777777" w:rsidR="00B54834" w:rsidRPr="00A3134C" w:rsidRDefault="00B54834" w:rsidP="00B54834">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="48"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A3134C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Poppins" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>Bring a rubric/checklist to support analysis. Checklists for this analysis can be grounded in the Student Look-Fors from the Goal-Setting doc.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="03F392BD" w14:textId="77777777" w:rsidR="00B54834" w:rsidRPr="00A3134C" w:rsidRDefault="00B54834" w:rsidP="00B54834">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
@@ -5721,89 +5649,89 @@
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2606040" cy="1626870"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="2AA9F182" w14:textId="77777777" w:rsidR="002F1CF1" w:rsidRPr="002F1CF1" w:rsidRDefault="002F1CF1" w:rsidP="002F1CF1">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="25DE4423" w14:textId="77777777" w:rsidR="00471525" w:rsidRDefault="00471525"/>
+    <w:p w14:paraId="25DE4423" w14:textId="77777777" w:rsidR="00B173B4" w:rsidRDefault="00B173B4"/>
     <w:sectPr w:rsidR="00B173B4" w:rsidSect="00A6760C">
       <w:headerReference w:type="default" r:id="rId25"/>
       <w:pgSz w:w="15840" w:h="12240" w:orient="landscape"/>
       <w:pgMar w:top="720" w:right="720" w:bottom="720" w:left="720" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
     <w:p w14:paraId="02ECD7E9" w14:textId="77777777" w:rsidR="00B3747A" w:rsidRDefault="00B3747A" w:rsidP="002F1CF1">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="1CD67820" w14:textId="77777777" w:rsidR="00B3747A" w:rsidRDefault="00B3747A" w:rsidP="002F1CF1">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Poppins">
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00008007" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000093" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Noto Sans Symbols">
     <w:altName w:val="Cambria"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
@@ -5842,77 +5770,77 @@
     <w:altName w:val="游ゴシック Light"/>
     <w:panose1 w:val="020B0300000000000000"/>
     <w:charset w:val="80"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="2AC7FDFF" w:usb2="00000016" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Yu Mincho">
     <w:altName w:val="游明朝"/>
     <w:charset w:val="80"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="800002E7" w:usb1="2AC7FCFF" w:usb2="00000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
     <w:p w14:paraId="4DD9ED51" w14:textId="77777777" w:rsidR="00B3747A" w:rsidRDefault="00B3747A" w:rsidP="002F1CF1">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="0084F81A" w14:textId="77777777" w:rsidR="00B3747A" w:rsidRDefault="00B3747A" w:rsidP="002F1CF1">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
-  <w:p w14:paraId="54A2D4E1" w14:textId="41D5B56A" w:rsidR="00471525" w:rsidRDefault="002F1CF1" w:rsidP="00FB7C19">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="54A2D4E1" w14:textId="41D5B56A" w:rsidR="00B173B4" w:rsidRDefault="002F1CF1" w:rsidP="00FB7C19">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
         <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="1" hidden="0" allowOverlap="1" wp14:anchorId="1984CA3F" wp14:editId="4B7EF12E">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="column">
             <wp:posOffset>8031480</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
             <wp:posOffset>-297042</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="1319213" cy="571500"/>
           <wp:effectExtent l="0" t="0" r="0" b="0"/>
           <wp:wrapSquare wrapText="bothSides" distT="0" distB="0" distL="114300" distR="114300"/>
           <wp:docPr id="1" name="image1.png">
             <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
@@ -5993,70 +5921,70 @@
                       <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                         <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                       </a:ext>
                     </a:extLst>
                   </a:blip>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr>
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="914400" cy="914400"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
         </wp:anchor>
       </w:drawing>
     </w:r>
   </w:p>
-  <w:p w14:paraId="05CD8E9D" w14:textId="1CA9D899" w:rsidR="00471525" w:rsidRDefault="00471525">
+  <w:p w14:paraId="05CD8E9D" w14:textId="1CA9D899" w:rsidR="00B173B4" w:rsidRDefault="00B173B4">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
   <w:p w14:paraId="3AE717A3" w14:textId="4584D0EF" w:rsidR="002F1CF1" w:rsidRDefault="002F1CF1">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
   <w:p w14:paraId="1350402C" w14:textId="77777777" w:rsidR="002F1CF1" w:rsidRDefault="002F1CF1">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="01D16C7A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="8BFE2F94"/>
     <w:lvl w:ilvl="0" w:tplc="B406BE2A">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="●"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Poppins" w:hAnsi="Poppins" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="FAC2ACF2" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="●"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -12780,152 +12708,155 @@
   <w:num w:numId="44" w16cid:durableId="1162282100">
     <w:abstractNumId w:val="17"/>
   </w:num>
   <w:num w:numId="45" w16cid:durableId="452944046">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="46" w16cid:durableId="2044549878">
     <w:abstractNumId w:val="34"/>
   </w:num>
   <w:num w:numId="47" w16cid:durableId="821897177">
     <w:abstractNumId w:val="35"/>
   </w:num>
   <w:num w:numId="48" w16cid:durableId="939067108">
     <w:abstractNumId w:val="22"/>
   </w:num>
   <w:num w:numId="49" w16cid:durableId="384722747">
     <w:abstractNumId w:val="24"/>
   </w:num>
   <w:num w:numId="50" w16cid:durableId="1841503609">
     <w:abstractNumId w:val="15"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="002F1CF1"/>
     <w:rsid w:val="000244D3"/>
     <w:rsid w:val="00163C08"/>
     <w:rsid w:val="001E3BE6"/>
     <w:rsid w:val="00220E98"/>
+    <w:rsid w:val="002B732D"/>
     <w:rsid w:val="002B7E4D"/>
     <w:rsid w:val="002F1CF1"/>
     <w:rsid w:val="003306DE"/>
     <w:rsid w:val="00357CDF"/>
     <w:rsid w:val="003A3F30"/>
-    <w:rsid w:val="00471525"/>
+    <w:rsid w:val="004900D9"/>
     <w:rsid w:val="00583ABA"/>
     <w:rsid w:val="00585CF7"/>
     <w:rsid w:val="00597AA7"/>
     <w:rsid w:val="005B2DF3"/>
     <w:rsid w:val="005E435A"/>
     <w:rsid w:val="00617037"/>
     <w:rsid w:val="00637C75"/>
     <w:rsid w:val="006B4F5F"/>
     <w:rsid w:val="007D36F8"/>
     <w:rsid w:val="00842D1C"/>
     <w:rsid w:val="008571DD"/>
     <w:rsid w:val="009912EC"/>
     <w:rsid w:val="009B2F41"/>
     <w:rsid w:val="00A16BA9"/>
     <w:rsid w:val="00A3134C"/>
     <w:rsid w:val="00A5305E"/>
     <w:rsid w:val="00A7573C"/>
-    <w:rsid w:val="00A77CC3"/>
     <w:rsid w:val="00AA1F0C"/>
     <w:rsid w:val="00AF71D4"/>
+    <w:rsid w:val="00B173B4"/>
     <w:rsid w:val="00B3747A"/>
     <w:rsid w:val="00B54834"/>
     <w:rsid w:val="00C157CA"/>
     <w:rsid w:val="00D8156B"/>
     <w:rsid w:val="00DF4421"/>
     <w:rsid w:val="00E06A54"/>
     <w:rsid w:val="00EB5168"/>
     <w:rsid w:val="00EF11DE"/>
     <w:rsid w:val="00EF3496"/>
     <w:rsid w:val="00F57B87"/>
     <w:rsid w:val="00FB1DCB"/>
     <w:rsid w:val="00FB602A"/>
     <w:rsid w:val="00FC47AD"/>
     <w:rsid w:val="11670048"/>
+    <w:rsid w:val="1CA274AB"/>
     <w:rsid w:val="253F5CD7"/>
+    <w:rsid w:val="2C85E1DB"/>
     <w:rsid w:val="41E0E633"/>
+    <w:rsid w:val="51810EA2"/>
     <w:rsid w:val="58674BA2"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US" w:eastAsia="ja-JP" w:bidi="ar-SA"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="2F163F9B"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{3CA8E183-A738-4622-B1CE-533362A105D9}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -13586,51 +13517,51 @@
     <w:rsid w:val="00A3134C"/>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="FollowedHyperlink">
     <w:name w:val="FollowedHyperlink"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00163C08"/>
     <w:rPr>
       <w:color w:val="954F72" w:themeColor="followedHyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="28989740">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
       <w:divsChild>
         <w:div w:id="1312557522">
           <w:marLeft w:val="274"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
@@ -15639,51 +15570,51 @@
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <Accessibility_x0020_Office xmlns="3a62de7d-ba57-4f43-9dae-9623ba637be0">OTL - Office of Teaching and Learning</Accessibility_x0020_Office>
     <Accessibility_x0020_Audit_x0020_Status xmlns="3a62de7d-ba57-4f43-9dae-9623ba637be0" xsi:nil="true"/>
     <Accessibility_x0020_Audience xmlns="3a62de7d-ba57-4f43-9dae-9623ba637be0" xsi:nil="true"/>
     <Accessibility_x0020_Status xmlns="3a62de7d-ba57-4f43-9dae-9623ba637be0">Accessible</Accessibility_x0020_Status>
     <Application_x0020_Type xmlns="3a62de7d-ba57-4f43-9dae-9623ba637be0" xsi:nil="true"/>
-    <Application_x0020_Date xmlns="3a62de7d-ba57-4f43-9dae-9623ba637be0" xsi:nil="true"/>
+    <Application_x0020_Date xmlns="3a62de7d-ba57-4f43-9dae-9623ba637be0">2026-02-10T05:00:00+00:00</Application_x0020_Date>
     <Accessibility_x0020_Target_x0020_Date xmlns="3a62de7d-ba57-4f43-9dae-9623ba637be0" xsi:nil="true"/>
     <Application_x0020_Status xmlns="3a62de7d-ba57-4f43-9dae-9623ba637be0" xsi:nil="true"/>
     <Accessibility_x0020_Audit_x0020_Date xmlns="3a62de7d-ba57-4f43-9dae-9623ba637be0" xsi:nil="true"/>
     <RoutingRuleDescription xmlns="http://schemas.microsoft.com/sharepoint/v3" xsi:nil="true"/>
     <PublishingExpirationDate xmlns="http://schemas.microsoft.com/sharepoint/v3" xsi:nil="true"/>
     <PublishingStartDate xmlns="http://schemas.microsoft.com/sharepoint/v3" xsi:nil="true"/>
     <Publication_x0020_Date xmlns="3a62de7d-ba57-4f43-9dae-9623ba637be0">2021-02-01T05:00:00+00:00</Publication_x0020_Date>
     <Audience1 xmlns="3a62de7d-ba57-4f43-9dae-9623ba637be0"/>
     <_dlc_DocId xmlns="3a62de7d-ba57-4f43-9dae-9623ba637be0">KYED-536-1221</_dlc_DocId>
     <_dlc_DocIdUrl xmlns="3a62de7d-ba57-4f43-9dae-9623ba637be0">
       <Url>https://www.education.ky.gov/curriculum/standards/kyacadstand/_layouts/15/DocIdRedir.aspx?ID=KYED-536-1221</Url>
       <Description>KYED-536-1221</Description>
     </_dlc_DocIdUrl>
   </documentManagement>
 </p:properties>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="KDE Document" ma:contentTypeID="0x0101001BEB557DBE01834EAB47A683706DCD5B001CB4B9AB93836842A61C86EAD5F20BA7" ma:contentTypeVersion="28" ma:contentTypeDescription="" ma:contentTypeScope="" ma:versionID="a5e9d2d4560c56b76a85f7f001e30a1a">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns1="http://schemas.microsoft.com/sharepoint/v3" xmlns:ns2="3a62de7d-ba57-4f43-9dae-9623ba637be0" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="d25af71d3efa376147e2b7ca02f84c5e" ns1:_="" ns2:_="">
     <xsd:import namespace="http://schemas.microsoft.com/sharepoint/v3"/>
     <xsd:import namespace="3a62de7d-ba57-4f43-9dae-9623ba637be0"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
@@ -16018,80 +15949,80 @@
     <Filter/>
   </Receiver>
   <Receiver>
     <Name>Document ID Generator</Name>
     <Synchronization>Synchronous</Synchronization>
     <Type>10006</Type>
     <SequenceNumber>1003</SequenceNumber>
     <Assembly>Microsoft.Office.DocumentManagement, Version=14.0.0.0, Culture=neutral, PublicKeyToken=71e9bce111e9429c</Assembly>
     <Class>Microsoft.Office.DocumentManagement.Internal.DocIdHandler</Class>
     <Data/>
     <Filter/>
   </Receiver>
 </spe:Receivers>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{BD3CD055-CA64-41FA-83CC-BF5F796D7B48}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{FABDB799-7F26-4DA9-9B78-5347EA2FB17B}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{54EAE5DE-6B7B-47EB-8BFB-7DCB75E80DAF}"/>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{2F127D3D-0557-40C7-B754-48F43B3482C5}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{C9C42535-E834-427E-BE72-97385FD21CCE}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{1707A10F-01E0-49AF-B28E-21CAE9939A2B}"/>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>8</Pages>
-  <Words>1819</Words>
-  <Characters>10374</Characters>
+  <Words>1814</Words>
+  <Characters>10340</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>86</Lines>
   <Paragraphs>24</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>12169</CharactersWithSpaces>
+  <CharactersWithSpaces>12130</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Kelly Philbeck, Division of Program Standards</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x0101001BEB557DBE01834EAB47A683706DCD5B001CB4B9AB93836842A61C86EAD5F20BA7</vt:lpwstr>
   </property>