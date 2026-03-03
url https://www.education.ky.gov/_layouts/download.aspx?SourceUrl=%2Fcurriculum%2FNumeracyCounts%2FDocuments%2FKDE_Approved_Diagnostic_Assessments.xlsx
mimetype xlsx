--- v0 (2025-10-08)
+++ v1 (2026-03-03)
@@ -6,58 +6,58 @@
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="28925"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="29628"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\cdavidso\Downloads\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{137E0559-78F7-433C-8904-DDB19AE9DD7F}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{32E6F9D3-8455-4E76-94E4-F8F73F1A558A}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="-120" yWindow="-16320" windowWidth="29040" windowHeight="15720" tabRatio="500" firstSheet="1" activeTab="1" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="How to Use This Chart" sheetId="2" r:id="rId1"/>
     <sheet name="Comparison Chart" sheetId="1" r:id="rId2"/>
   </sheets>
   <definedNames>
     <definedName name="Z_0C9F4FED_1710_46A7_BF5F_108CB3B410BB_.wvu.FilterData" localSheetId="1" hidden="1">'Comparison Chart'!$A$13:$I$13</definedName>
   </definedNames>
   <calcPr calcId="191028"/>
   <customWorkbookViews>
     <customWorkbookView name="Final View" guid="{0C9F4FED-1710-46A7-BF5F-108CB3B410BB}" maximized="1" windowWidth="0" windowHeight="0" activeSheetId="0"/>
   </customWorkbookViews>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{79F54976-1DA5-4618-B147-4CDE4B953A38}">
       <x14:workbookPr defaultImageDpi="32767"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
@@ -146,121 +146,121 @@
   <si>
     <t>Meets or Exceeds KDE Criteria of area under curve .7 </t>
   </si>
   <si>
     <t>Renaissance Learning</t>
   </si>
   <si>
     <t>K-3</t>
   </si>
   <si>
     <t>1 minute per measure per student</t>
   </si>
   <si>
     <t>STAR CBM</t>
   </si>
   <si>
     <t>$4.35 per student</t>
   </si>
   <si>
     <t>$8.00 per student (includes subscriptions to all Fastbridge assessments)</t>
   </si>
   <si>
     <t>NWEA</t>
   </si>
   <si>
-    <t xml:space="preserve">Skills Checklist administration time varies depending on the complexity of the skill being measured. Most have between 10 and 35 items to complete. </t>
-[...1 lines deleted...]
-  <si>
     <t>Meets or Exceeds KDE Criteria of .7 </t>
   </si>
   <si>
     <t>Meets or Exceeds KDE Criteria of .6 </t>
   </si>
   <si>
     <t>$7.50 per student (cost for Screener and Diagnostic)</t>
   </si>
   <si>
     <t>*iReady Growth Checklists</t>
   </si>
   <si>
-    <t>*MAP Growth Diagnsotic Checklists</t>
-[...1 lines deleted...]
-  <si>
     <t>*8.00 per student (cost for Screener and Diagnostic)</t>
   </si>
   <si>
     <t>Approximately 20 questions. On average 15 minutes to complete. </t>
   </si>
   <si>
     <t>Curriculum Associates, Inc.</t>
-  </si>
-[...7 lines deleted...]
-    <t>MAP Growth Universal Screener Meets or Exceeds KDE Criteria of .6. Map Checklists are approved with reservation as evidence is not provided for the individual checklists.</t>
   </si>
   <si>
     <t xml:space="preserve"> iReady Diagnostic Meets or Exceeds KDE Criteria of are under curve .7 as a universal screener. The iReady technical manual reports scores for iReady Diagnostic and iReady Growth Monitoring have been psychometrically calibrated to allow for scores to be statistically interchangeable. iReady Growth Monitoring is approved with reservation as evidence is not provided for AUC at the sub-domain level.</t>
   </si>
   <si>
     <t xml:space="preserve"> iReady Diagnostic Meets or Exceeds KDE Criteria of .6 as a universal screener. The iReady technical manual reports scores for iReady Diagnostic and iReady Growth Monitoring have been psychometrically calibrated to allow for scores to be statistically interchangeable. iReady Growth Monitoring is approved with reservation as evidence is not provided for validity at the sub-domain level.</t>
   </si>
   <si>
     <t>More information on Fastbridge Early Math</t>
   </si>
   <si>
     <t>More information on iReady Growth Checklists</t>
-  </si>
-[...1 lines deleted...]
-    <t>More information on MAP Growth Diagnostic Checklists</t>
   </si>
   <si>
     <t>More information on STAR CBM</t>
   </si>
   <si>
     <t xml:space="preserve">*Approved with reservation due to lack of evidence for reliability and/or validity at the subdomain level. </t>
   </si>
   <si>
     <t>K-1
 Off-level 2-3</t>
   </si>
   <si>
     <t>Meets or Exceeds KDE Criteria of area under curve .7 *Off-level assessment for grades 2-3 is approved with reservation as evidence is not provided specifically for this use.</t>
   </si>
   <si>
     <t>Meets or Exceeds KDE Criteria of .7 *Off-level assessment for grades 2-3 is approved with reservation as evidence is not provided specifically for this use.</t>
   </si>
   <si>
     <t>Meets or Exceeds KDE Criteria of .6 *Off-level assessment for grades 2-3 is approved with reservation as evidence is not provided specifically for this use.</t>
   </si>
   <si>
     <t>Fastbridge Early Math*</t>
+  </si>
+  <si>
+    <t>*NWEA MAP Growth Diagnsotic Suite</t>
+  </si>
+  <si>
+    <t>More information on NWEA MAP Growth Diagnostic Suite</t>
+  </si>
+  <si>
+    <t>Early Numeracy Screening Test - 20-45 minutes</t>
+  </si>
+  <si>
+    <t>MAP Growth Diagnostic Sutie Meets or Exceeds KDE Criteria of area under curve .7. Map Checklists are approved with reservation as evidence is not provided for the individual checklists.</t>
+  </si>
+  <si>
+    <t>MAP Growth Diagnostic Suite Meets or Exceeds KDE Criteria of .7. Map Checklists are approved with reservation as evidence is not provided for the individual checklists.</t>
+  </si>
+  <si>
+    <t>MAP Growth Diagnostic Suite Meets or Exceeds KDE Criteria of .6. Map Checklists are approved with reservation as evidence is not provided for the individual checklists.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="1">
     <numFmt numFmtId="8" formatCode="&quot;$&quot;#,##0.00_);[Red]\(&quot;$&quot;#,##0.00\)"/>
   </numFmts>
   <fonts count="14" x14ac:knownFonts="1">
     <font>
       <sz val="10"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="12"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
@@ -389,51 +389,51 @@
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color auto="1"/>
       </left>
       <right style="thin">
         <color auto="1"/>
       </right>
       <top style="thin">
         <color auto="1"/>
       </top>
       <bottom style="thin">
         <color auto="1"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
-  <cellXfs count="32">
+  <cellXfs count="31">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="1" applyFont="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="1" applyFont="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
@@ -478,53 +478,50 @@
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="6" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="5" borderId="0" xfId="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="5" borderId="1" xfId="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="1" xfId="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="13" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
-    </xf>
-[...1 lines deleted...]
-      <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="2">
     <cellStyle name="Hyperlink" xfId="1" builtinId="8"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleMedium7"/>
   <colors>
     <mruColors>
       <color rgb="FFDDDDDD"/>
       <color rgb="FFEFEFEF"/>
       <color rgb="FFF0F0F0"/>
       <color rgb="FFD9EEE2"/>
       <color rgb="FF47966C"/>
     </mruColors>
   </colors>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
@@ -773,51 +770,51 @@
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://education.ky.gov/curriculum/standards/kyacadstand/Documents/SB_9_(2022)_Implementation_Timeline-Read_to_Succeed.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.education.ky.gov/curriculum/NumeracyCounts/Documents/Numeracy_Screening_Assessments_Selection_Criteria.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://education.ky.gov/curriculum/NumeracyCounts/Documents/Fastbridge_Diagnostic.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.education.ky.gov/curriculum/NumeracyCounts/Documents/Numeracy_Screening_Assessments_Selection_Criteria.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.education.ky.gov/curriculum/NumeracyCounts/Documents/Numeracy_Screening_Assessments_Selection_Criteria.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.education.ky.gov/curriculum/NumeracyCounts/Documents/Numeracy_Screening_Assessments_Selection_Criteria.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.education.ky.gov/curriculum/NumeracyCounts/Documents/Numeracy_Screening_Assessments_Selection_Criteria.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://education.ky.gov/curriculum/NumeracyCounts/Documents/Renaissance_Diagnostic.pdf" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.education.ky.gov/curriculum/NumeracyCounts/Documents/Numeracy_Screening_Assessments_Selection_Criteria.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.education.ky.gov/curriculum/NumeracyCounts/Documents/Numeracy_Screening_Assessments_Selection_Criteria.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.education.ky.gov/curriculum/NumeracyCounts/Documents/Numeracy_Screening_Assessments_Selection_Criteria.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.education.ky.gov/curriculum/NumeracyCounts/Documents/Numeracy_Screening_Assessments_Selection_Criteria.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://education.ky.gov/curriculum/NumeracyCounts/Documents/MapGrowth_Diagnostic.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.education.ky.gov/curriculum/NumeracyCounts/Documents/Numeracy_Screening_Assessments_Selection_Criteria.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.education.ky.gov/curriculum/NumeracyCounts/Documents/Numeracy_Screening_Assessments_Selection_Criteria.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.education.ky.gov/curriculum/NumeracyCounts/Documents/Numeracy_Screening_Assessments_Selection_Criteria.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://education.ky.gov/curriculum/NumeracyCounts/Documents/iReady_Diagnostic.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.education.ky.gov/curriculum/NumeracyCounts/Documents/Numeracy_Screening_Assessments_Selection_Criteria.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://education.ky.gov/curriculum/NumeracyCounts/Documents/Fastbridge_Diagnostic.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.education.ky.gov/curriculum/NumeracyCounts/Documents/Numeracy_Screening_Assessments_Selection_Criteria.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.education.ky.gov/curriculum/NumeracyCounts/Documents/Numeracy_Screening_Assessments_Selection_Criteria.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.education.ky.gov/curriculum/NumeracyCounts/Documents/Numeracy_Screening_Assessments_Selection_Criteria.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.education.ky.gov/curriculum/NumeracyCounts/Documents/Numeracy_Screening_Assessments_Selection_Criteria.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://education.ky.gov/curriculum/NumeracyCounts/Documents/MapGrowth_Diagnostic.pdf" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.education.ky.gov/curriculum/NumeracyCounts/Documents/Numeracy_Screening_Assessments_Selection_Criteria.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.education.ky.gov/curriculum/NumeracyCounts/Documents/Numeracy_Screening_Assessments_Selection_Criteria.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.education.ky.gov/curriculum/NumeracyCounts/Documents/Numeracy_Screening_Assessments_Selection_Criteria.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.education.ky.gov/curriculum/NumeracyCounts/Documents/Numeracy_Screening_Assessments_Selection_Criteria.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://education.ky.gov/curriculum/NumeracyCounts/Documents/Renaissance_Diagnostic.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.education.ky.gov/curriculum/NumeracyCounts/Documents/Numeracy_Screening_Assessments_Selection_Criteria.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.education.ky.gov/curriculum/NumeracyCounts/Documents/Numeracy_Screening_Assessments_Selection_Criteria.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.education.ky.gov/curriculum/NumeracyCounts/Documents/Numeracy_Screening_Assessments_Selection_Criteria.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://education.ky.gov/curriculum/NumeracyCounts/Documents/iReady_Diagnostic.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <dimension ref="A1:D3"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="B4" sqref="B4"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="10.6640625" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="52.109375" style="2" customWidth="1"/>
     <col min="2" max="2" width="43.33203125" style="2" customWidth="1"/>
     <col min="3" max="3" width="65" style="2" customWidth="1"/>
     <col min="4" max="4" width="34.33203125" style="2" customWidth="1"/>
     <col min="5" max="16384" width="10.6640625" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4" ht="28.95" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A1" s="5" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="5" t="s">
         <v>1</v>
@@ -850,230 +847,230 @@
       <c r="D3" s="7" t="s">
         <v>9</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="C3" r:id="rId1" xr:uid="{00000000-0004-0000-0000-000000000000}"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" horizontalDpi="0" verticalDpi="0"/>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0100-000000000000}">
   <sheetPr>
     <outlinePr summaryBelow="0" summaryRight="0"/>
   </sheetPr>
   <dimension ref="A1:J921"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScale="90" zoomScaleNormal="90" workbookViewId="0">
       <pane xSplit="1" ySplit="1" topLeftCell="C2" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight" activeCell="B1" sqref="B1"/>
       <selection pane="bottomLeft" activeCell="A2" sqref="A2"/>
-      <selection pane="bottomRight" activeCell="L3" sqref="L3"/>
+      <selection pane="bottomRight" activeCell="I4" sqref="I4"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="12.6640625" defaultRowHeight="15.75" customHeight="1" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="29" style="12" customWidth="1"/>
     <col min="2" max="2" width="20.109375" style="12" customWidth="1"/>
     <col min="3" max="4" width="15.33203125" style="12" customWidth="1"/>
     <col min="5" max="5" width="34.6640625" style="12" customWidth="1"/>
     <col min="6" max="6" width="20" style="12" customWidth="1"/>
     <col min="7" max="7" width="31.33203125" style="13" customWidth="1"/>
     <col min="8" max="8" width="29.109375" style="13" customWidth="1"/>
     <col min="9" max="9" width="21.33203125" style="13" customWidth="1"/>
     <col min="10" max="10" width="28.33203125" style="13" customWidth="1"/>
     <col min="11" max="16384" width="12.6640625" style="12"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:10" ht="48.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A1" s="8" t="s">
         <v>10</v>
       </c>
       <c r="B1" s="8" t="s">
         <v>11</v>
       </c>
       <c r="C1" s="8" t="s">
         <v>12</v>
       </c>
       <c r="D1" s="8" t="s">
         <v>13</v>
       </c>
       <c r="E1" s="8" t="s">
         <v>14</v>
       </c>
       <c r="F1" s="8" t="s">
         <v>15</v>
       </c>
       <c r="G1" s="8" t="s">
         <v>16</v>
       </c>
       <c r="H1" s="8" t="s">
         <v>17</v>
       </c>
       <c r="I1" s="8" t="s">
         <v>18</v>
       </c>
       <c r="J1" s="9" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="2" spans="1:10" ht="96" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A2" s="11" t="s">
-        <v>52</v>
+        <v>46</v>
       </c>
       <c r="B2" s="16" t="s">
         <v>20</v>
       </c>
       <c r="C2" s="19" t="s">
         <v>22</v>
       </c>
       <c r="D2" s="16" t="s">
-        <v>48</v>
+        <v>42</v>
       </c>
       <c r="E2" s="17" t="s">
         <v>27</v>
       </c>
-      <c r="F2" s="31" t="s">
+      <c r="F2" s="21" t="s">
         <v>24</v>
       </c>
       <c r="G2" s="18" t="s">
-        <v>49</v>
+        <v>43</v>
       </c>
       <c r="H2" s="18" t="s">
-        <v>50</v>
+        <v>44</v>
       </c>
       <c r="I2" s="18" t="s">
-        <v>51</v>
+        <v>45</v>
       </c>
       <c r="J2" s="28" t="s">
-        <v>43</v>
+        <v>38</v>
       </c>
     </row>
     <row r="3" spans="1:10" ht="180.45" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A3" s="23" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="B3" s="16" t="s">
         <v>20</v>
       </c>
       <c r="C3" s="19" t="s">
-        <v>37</v>
+        <v>35</v>
       </c>
       <c r="D3" s="16" t="s">
         <v>23</v>
       </c>
       <c r="E3" s="17" t="s">
-        <v>35</v>
+        <v>33</v>
       </c>
       <c r="F3" s="22" t="s">
+        <v>34</v>
+      </c>
+      <c r="G3" s="27" t="s">
         <v>36</v>
       </c>
-      <c r="G3" s="27" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H3" s="18" t="s">
-        <v>42</v>
+        <v>37</v>
       </c>
       <c r="I3" s="18" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="J3" s="28" t="s">
-        <v>44</v>
+        <v>39</v>
       </c>
     </row>
     <row r="4" spans="1:10" ht="122.55" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A4" s="24" t="s">
-        <v>34</v>
+        <v>47</v>
       </c>
       <c r="B4" s="20" t="s">
         <v>20</v>
       </c>
       <c r="C4" s="20" t="s">
         <v>28</v>
       </c>
       <c r="D4" s="20" t="s">
         <v>23</v>
       </c>
       <c r="E4" s="13" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="F4" s="21" t="s">
-        <v>29</v>
+        <v>49</v>
       </c>
       <c r="G4" s="18" t="s">
-        <v>38</v>
+        <v>50</v>
       </c>
       <c r="H4" s="18" t="s">
-        <v>39</v>
+        <v>51</v>
       </c>
       <c r="I4" s="26" t="s">
-        <v>40</v>
+        <v>52</v>
       </c>
       <c r="J4" s="28" t="s">
-        <v>45</v>
+        <v>48</v>
       </c>
     </row>
     <row r="5" spans="1:10" ht="96.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A5" s="25" t="s">
         <v>25</v>
       </c>
       <c r="B5" s="21" t="s">
         <v>20</v>
       </c>
       <c r="C5" s="21" t="s">
         <v>22</v>
       </c>
       <c r="D5" s="21" t="s">
         <v>23</v>
       </c>
       <c r="E5" s="21" t="s">
         <v>26</v>
       </c>
       <c r="F5" s="21" t="s">
         <v>24</v>
       </c>
       <c r="G5" s="18" t="s">
         <v>21</v>
       </c>
       <c r="H5" s="18" t="s">
+        <v>29</v>
+      </c>
+      <c r="I5" s="18" t="s">
         <v>30</v>
       </c>
-      <c r="I5" s="18" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J5" s="28" t="s">
-        <v>46</v>
+        <v>40</v>
       </c>
     </row>
     <row r="6" spans="1:10" ht="36.450000000000003" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A6" s="29" t="s">
-        <v>47</v>
+        <v>41</v>
       </c>
       <c r="B6" s="30"/>
       <c r="C6" s="30"/>
       <c r="D6" s="30"/>
       <c r="E6" s="30"/>
       <c r="F6" s="30"/>
       <c r="G6" s="30"/>
       <c r="H6" s="30"/>
       <c r="I6" s="30"/>
       <c r="J6" s="30"/>
     </row>
     <row r="10" spans="1:10" ht="15.6" hidden="1" x14ac:dyDescent="0.25">
       <c r="A10" s="14"/>
       <c r="B10" s="15"/>
       <c r="C10" s="15"/>
       <c r="D10" s="15"/>
       <c r="E10" s="15"/>
       <c r="F10" s="15"/>
       <c r="G10" s="15"/>
       <c r="H10" s="15"/>
       <c r="I10" s="15"/>
     </row>
     <row r="11" spans="1:10" ht="15.6" hidden="1" x14ac:dyDescent="0.25">
       <c r="A11" s="14"/>
       <c r="B11" s="15"/>
@@ -11077,105 +11074,177 @@
       <c r="A920" s="14"/>
       <c r="B920" s="15"/>
       <c r="C920" s="15"/>
       <c r="D920" s="15"/>
       <c r="E920" s="15"/>
       <c r="F920" s="15"/>
       <c r="G920" s="15"/>
       <c r="H920" s="15"/>
       <c r="I920" s="15"/>
     </row>
     <row r="921" spans="1:9" ht="15.6" hidden="1" x14ac:dyDescent="0.25">
       <c r="A921" s="14"/>
       <c r="B921" s="15"/>
       <c r="C921" s="15"/>
       <c r="D921" s="15"/>
       <c r="E921" s="15"/>
       <c r="F921" s="15"/>
       <c r="G921" s="15"/>
       <c r="H921" s="15"/>
       <c r="I921" s="15"/>
     </row>
   </sheetData>
   <customSheetViews>
     <customSheetView guid="{0C9F4FED-1710-46A7-BF5F-108CB3B410BB}" filter="1" showAutoFilter="1">
       <pageMargins left="0" right="0" top="0" bottom="0" header="0" footer="0"/>
-      <autoFilter ref="A14:B14" xr:uid="{CB867336-B3D5-4EF8-A543-DF8771A328DF}"/>
+      <autoFilter ref="A14:B14" xr:uid="{86480A4D-94A4-49F4-BFC6-F0D69293D25E}"/>
     </customSheetView>
   </customSheetViews>
   <mergeCells count="1">
     <mergeCell ref="A6:J6"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="G2" r:id="rId1" display="Meets or Exceeds KDE Criteria of area under curve .7 " xr:uid="{258A51AE-6624-4C13-9F55-2E19663E187E}"/>
     <hyperlink ref="G5" r:id="rId2" xr:uid="{9C18C8B0-D7CA-4351-8308-51E53C00A387}"/>
     <hyperlink ref="H5" r:id="rId3" xr:uid="{606C458D-D960-4672-BB0C-35D3AE60332E}"/>
     <hyperlink ref="I2" r:id="rId4" display="Meets or Exceeds KDE Criteria of .6 " xr:uid="{4E743DE7-019C-4EF4-9C02-1982F7047C20}"/>
     <hyperlink ref="I5" r:id="rId5" xr:uid="{C5DAF6B3-C4FF-43A0-A98D-5FE781858592}"/>
     <hyperlink ref="G4" r:id="rId6" display="Meets or Exceeds KDE Criteria of area under curve .7 " xr:uid="{AAF20623-38D3-478B-9C42-80D8A049F3B6}"/>
     <hyperlink ref="H4" r:id="rId7" display="Meets or Exceeds KDE Criteria of .7 " xr:uid="{17455527-A605-432E-9716-DA7944A7D6EF}"/>
     <hyperlink ref="H2" r:id="rId8" display="Meets or Exceeds KDE Criteria of .7 " xr:uid="{6653FDBC-2214-4C56-9AFD-46A5C594F20E}"/>
     <hyperlink ref="I3" r:id="rId9" xr:uid="{81A5027A-8191-4C99-BD20-75FC2123DAD7}"/>
-    <hyperlink ref="I4" r:id="rId10" xr:uid="{CDB5A5DD-B56F-4E07-AA6F-04B7357DC09C}"/>
+    <hyperlink ref="I4" r:id="rId10" display="MAP Growth Universal Screener Meets or Exceeds KDE Criteria of .6. Map Checklists are approved with reservation as evidence is not provided for the individual checklists." xr:uid="{CDB5A5DD-B56F-4E07-AA6F-04B7357DC09C}"/>
     <hyperlink ref="G3" r:id="rId11" display=" iReady Diagnostic Meets or Exceeds KDE Criteria of are under curvie .7 as a universal screener. The iReady technical manual reports scores for iReady Diagnostic and iReady Growth Monitoring have been psychometrically calibrated to allow for scores to be statistically interchangeable. iReady Growth Monitoring is approved with reservation as evidence is not provided for AUC at the sub-domain level." xr:uid="{D6B4F9DB-4046-4570-95BD-41C086EF1A09}"/>
     <hyperlink ref="H3" r:id="rId12" display=" iReady Diagnostic Meets or Exceeds KDE Criteria of .6 as a universal screener. The iReady technical manual reports scores for iReady Diagnostic and iReady Growth Monitoring have been psychometrically calibrated to allow for scores to be statistically interchangeable. iReady Growth Monitoring is approved with reservation as evidence is not provided for validity at the sub-domain level." xr:uid="{D28570D1-EBCD-4763-9E10-2BFA789170AC}"/>
     <hyperlink ref="J2" r:id="rId13" xr:uid="{A575197D-21F8-4246-8194-7898A883597B}"/>
     <hyperlink ref="J3" r:id="rId14" xr:uid="{0C7437A0-525B-4BDF-94AA-AAEBCB184390}"/>
-    <hyperlink ref="J4" r:id="rId15" xr:uid="{55697095-7F14-410F-BECF-7D9B2750C476}"/>
-    <hyperlink ref="J5" r:id="rId16" xr:uid="{95DEC961-1487-4DCC-9C17-694231FEE57D}"/>
+    <hyperlink ref="J5" r:id="rId15" xr:uid="{95DEC961-1487-4DCC-9C17-694231FEE57D}"/>
+    <hyperlink ref="J4" r:id="rId16" display="More information on MAP Growth Diagnostic Checklists" xr:uid="{55697095-7F14-410F-BECF-7D9B2750C476}"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" horizontalDpi="300" verticalDpi="300" r:id="rId17"/>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
+<spe:Receivers xmlns:spe="http://schemas.microsoft.com/sharepoint/events">
+  <Receiver>
+    <Name>Document ID Generator</Name>
+    <Synchronization>Synchronous</Synchronization>
+    <Type>10001</Type>
+    <SequenceNumber>1000</SequenceNumber>
+    <Assembly>Microsoft.Office.DocumentManagement, Version=14.0.0.0, Culture=neutral, PublicKeyToken=71e9bce111e9429c</Assembly>
+    <Class>Microsoft.Office.DocumentManagement.Internal.DocIdHandler</Class>
+    <Data/>
+    <Filter/>
+  </Receiver>
+  <Receiver>
+    <Name>Document ID Generator</Name>
+    <Synchronization>Synchronous</Synchronization>
+    <Type>10002</Type>
+    <SequenceNumber>1001</SequenceNumber>
+    <Assembly>Microsoft.Office.DocumentManagement, Version=14.0.0.0, Culture=neutral, PublicKeyToken=71e9bce111e9429c</Assembly>
+    <Class>Microsoft.Office.DocumentManagement.Internal.DocIdHandler</Class>
+    <Data/>
+    <Filter/>
+  </Receiver>
+  <Receiver>
+    <Name>Document ID Generator</Name>
+    <Synchronization>Synchronous</Synchronization>
+    <Type>10004</Type>
+    <SequenceNumber>1002</SequenceNumber>
+    <Assembly>Microsoft.Office.DocumentManagement, Version=14.0.0.0, Culture=neutral, PublicKeyToken=71e9bce111e9429c</Assembly>
+    <Class>Microsoft.Office.DocumentManagement.Internal.DocIdHandler</Class>
+    <Data/>
+    <Filter/>
+  </Receiver>
+  <Receiver>
+    <Name>Document ID Generator</Name>
+    <Synchronization>Synchronous</Synchronization>
+    <Type>10006</Type>
+    <SequenceNumber>1003</SequenceNumber>
+    <Assembly>Microsoft.Office.DocumentManagement, Version=14.0.0.0, Culture=neutral, PublicKeyToken=71e9bce111e9429c</Assembly>
+    <Class>Microsoft.Office.DocumentManagement.Internal.DocIdHandler</Class>
+    <Data/>
+    <Filter/>
+  </Receiver>
+</spe:Receivers>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <Accessibility_x0020_Office xmlns="3a62de7d-ba57-4f43-9dae-9623ba637be0">OTL - Office of Teaching and Learning</Accessibility_x0020_Office>
+    <Accessibility_x0020_Audit_x0020_Status xmlns="3a62de7d-ba57-4f43-9dae-9623ba637be0" xsi:nil="true"/>
+    <Accessibility_x0020_Audience xmlns="3a62de7d-ba57-4f43-9dae-9623ba637be0" xsi:nil="true"/>
+    <Accessibility_x0020_Status xmlns="3a62de7d-ba57-4f43-9dae-9623ba637be0">Accessible</Accessibility_x0020_Status>
+    <Application_x0020_Type xmlns="3a62de7d-ba57-4f43-9dae-9623ba637be0" xsi:nil="true"/>
+    <Application_x0020_Date xmlns="3a62de7d-ba57-4f43-9dae-9623ba637be0" xsi:nil="true"/>
+    <Accessibility_x0020_Target_x0020_Date xmlns="3a62de7d-ba57-4f43-9dae-9623ba637be0" xsi:nil="true"/>
+    <Application_x0020_Status xmlns="3a62de7d-ba57-4f43-9dae-9623ba637be0" xsi:nil="true"/>
+    <Accessibility_x0020_Audit_x0020_Date xmlns="3a62de7d-ba57-4f43-9dae-9623ba637be0" xsi:nil="true"/>
+    <RoutingRuleDescription xmlns="http://schemas.microsoft.com/sharepoint/v3" xsi:nil="true"/>
+    <PublishingExpirationDate xmlns="http://schemas.microsoft.com/sharepoint/v3" xsi:nil="true"/>
+    <PublishingStartDate xmlns="http://schemas.microsoft.com/sharepoint/v3" xsi:nil="true"/>
+    <Publication_x0020_Date xmlns="3a62de7d-ba57-4f43-9dae-9623ba637be0">2025-02-05T18:48:25+00:00</Publication_x0020_Date>
+    <Audience1 xmlns="3a62de7d-ba57-4f43-9dae-9623ba637be0"/>
+    <_dlc_DocId xmlns="3a62de7d-ba57-4f43-9dae-9623ba637be0">KYED-204459735-14</_dlc_DocId>
+    <_dlc_DocIdUrl xmlns="3a62de7d-ba57-4f43-9dae-9623ba637be0">
+      <Url>https://www.education.ky.gov/curriculum/NumeracyCounts/_layouts/15/DocIdRedir.aspx?ID=KYED-204459735-14</Url>
+      <Description>KYED-204459735-14</Description>
+    </_dlc_DocIdUrl>
+  </documentManagement>
+</p:properties>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="KDE Document" ma:contentTypeID="0x0101001BEB557DBE01834EAB47A683706DCD5B00A220EF0FE0D94F4EBE9F75B7C537872D" ma:contentTypeVersion="29" ma:contentTypeDescription="" ma:contentTypeScope="" ma:versionID="53e0c4a0f8207369c08214688c1858ba">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns1="http://schemas.microsoft.com/sharepoint/v3" xmlns:ns2="3a62de7d-ba57-4f43-9dae-9623ba637be0" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="bf53235365eb3ab8d60bf2e0406a79d8" ns1:_="" ns2:_="">
     <xsd:import namespace="http://schemas.microsoft.com/sharepoint/v3"/>
     <xsd:import namespace="3a62de7d-ba57-4f43-9dae-9623ba637be0"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:Accessibility_x0020_Office" minOccurs="0"/>
                 <xsd:element ref="ns2:Accessibility_x0020_Audience" minOccurs="0"/>
                 <xsd:element ref="ns2:Accessibility_x0020_Audit_x0020_Date" minOccurs="0"/>
                 <xsd:element ref="ns2:Accessibility_x0020_Audit_x0020_Status" minOccurs="0"/>
                 <xsd:element ref="ns2:Accessibility_x0020_Target_x0020_Date" minOccurs="0"/>
                 <xsd:element ref="ns2:Accessibility_x0020_Status" minOccurs="0"/>
                 <xsd:element ref="ns2:Application_x0020_Status" minOccurs="0"/>
                 <xsd:element ref="ns2:Application_x0020_Type" minOccurs="0"/>
                 <xsd:element ref="ns1:RoutingRuleDescription" minOccurs="0"/>
                 <xsd:element ref="ns2:Audience1" minOccurs="0"/>
                 <xsd:element ref="ns2:Publication_x0020_Date"/>
                 <xsd:element ref="ns1:PublishingStartDate" minOccurs="0"/>
                 <xsd:element ref="ns1:PublishingExpirationDate" minOccurs="0"/>
                 <xsd:element ref="ns2:Application_x0020_Date" minOccurs="0"/>
                 <xsd:element ref="ns2:_dlc_DocId" minOccurs="0"/>
@@ -11427,172 +11496,100 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-[...42 lines deleted...]
-</spe:Receivers>
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{93D5AF8D-8C48-42BB-B841-3A56A8C6D739}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/events"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
-<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
-[...22 lines deleted...]
-</p:properties>
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{8397C497-9C7E-4A0C-81C0-3925EFC285D9}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
+    <ds:schemaRef ds:uri="daeb122c-7263-41d8-9500-d4e7bcb227c1"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="5bc9d522-2386-425a-9f2a-a617cf877ec0"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="3a62de7d-ba57-4f43-9dae-9623ba637be0"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{92AFC7D3-BDAB-49B4-879D-500F3FFE5C1B}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B9336CD3-2C7C-4ECB-9B4E-5FFB87B668CA}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3"/>
     <ds:schemaRef ds:uri="3a62de7d-ba57-4f43-9dae-9623ba637be0"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
-  </ds:schemaRefs>
-[...25 lines deleted...]
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>2</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="2" baseType="lpstr">
       <vt:lpstr>How to Use This Chart</vt:lpstr>
       <vt:lpstr>Comparison Chart</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>